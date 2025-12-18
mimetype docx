--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -428,51 +428,51 @@
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ayat2Matn++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">﴿فَأَعْرِضْ عَنْ مَنْ تَوَلَّى عَنْ ذِكْرِنا وَ لَمْ يُرِدْ إِلَّا الْحَياةَ الدُّنْيا * ذلِكَ مَبْلَغُهُمْ مِنَ الْعِلْمِ﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">« (ای پیغمبر!) اعراض كن از آن كسانی كه از ذكر و یاد ما اعراض كردند و غیر از حیات و زندگی پست </w:t>
+        <w:t xml:space="preserve">«(ای پیغمبر!) اعراض كن از آن كسانی كه از ذكر و یاد ما اعراض كردند و غیر از حیات و زندگی پست </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Arabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">شَهَوی</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> و احساساتی و عاطفی هیچ قدمی بالاتر برنمی‌دارند و غیر از حیات پست به زندگی و حیاتی قائل نبوده و اراده نمی‌كنند. محل بلوغ اینها از نقطه نظر دانش به اینجا رسیده كه فقط به وسیله علمشان بهره‌برداری از حیات دنیا بكنند.»</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">از اینها اعراض كن! اینها به درد تو نمی‌خورند؛ آن حیات عُلیاست، حیات عُلیا یعنی حیات بالا. حیات دنیا را كه دنیا می‌گویند یعنی پست، حیات عُلیا یعنی حیات عالی، آن حیاتِ علم است، حیاتِ تقوی است، حیات عبودیت است، حیات صدق است، حیات ورع است، حیات ایثار و از خود گذشتگی است، حیات وجدان و عاطفه است، حیات عبودیت و مشی در صراط حضرت احدیت است، حیات در هم كوبیدن خواسته‌های نفس امّاره است؛ آن حیات، حیات عُلیاست.</w:t>
@@ -2980,51 +2980,50 @@
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="38"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Arabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Arabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللَهمّ صلِّ عَلی محمّد و آلِ محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="first" r:id="rId7"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
       <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
         <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
@@ -3393,61 +3392,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="1" name="_x0000_i1025" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i1025" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
@@ -4180,50 +4179,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">برگرفته از </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">نور ملكوت قرآن</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">، ج ٣، ص ٢٩١؛ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="EsmeKetab++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">ولايت فقيه در حكومت اسلام</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">، ج ٤، ص ٨٠:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> «اى رِدا به خود پيچيده! برخيز تمام شب را مگر مقدار اندكى از آن. نصف شب را برخيز، يا مقدارى از نصف كم كن، يا مقدارى بر نصف اضافه كن! و قرآن را به طور ترتيل قرائت كن! ما به زودى بر تو گفتار گرانى را القاء خواهيم نمود. آن سياهى شب كه پيدا مى‏شود و در عالم ظهور و بروز مى‏كند، براى ايستادن در محراب عبادت و گفتار راستين خيلى بهتر است؛ آن سياهى، قدم را براى جلب منافع و فيوضات ربّانى استوارتر قرار مى‏دهد و پا را محكم‏تر مى‏گذارد.»</w:t>
       </w:r>
     </w:p>