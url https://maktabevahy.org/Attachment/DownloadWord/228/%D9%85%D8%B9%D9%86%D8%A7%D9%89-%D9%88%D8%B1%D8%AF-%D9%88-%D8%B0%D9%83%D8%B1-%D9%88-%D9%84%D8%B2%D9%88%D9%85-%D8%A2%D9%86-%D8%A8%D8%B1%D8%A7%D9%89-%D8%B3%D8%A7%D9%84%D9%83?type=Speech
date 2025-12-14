--- v0 (2025-10-22)
+++ v1 (2025-12-14)
@@ -13,53 +13,51 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinFarsi++"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinFarsi++"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العلیم</w:t>
       </w:r>
@@ -1295,165 +1293,165 @@
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">«مَن زارَ عَبدَالعَظیمِ بِرِی کَمَن زارَ الحُسَینَ بِکَربَلاء»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> «کسی که حضرت عبدالعظیم را در ری زیارت کند، مثل اینکه سیّدالشّهدا را زیارت کرده.» یا اینکه اگر در هر شهری امامزاده‌ای هست، امامزاده صَحیحُ‌السَّند و معتمد و موثَّق، انسان می‌تواند که آنجا برود و از فیوضات آنجا بهره‌مند بشود. زیارت مشاهد مشرّفه، یکی از دستوراتی است که مرحوم قاضی -رضوان الله علیه- و به تبع آنها بزرگان دیگر، به دوستان و شاگردان و رفقایشان خیلی تاکید می کردند. یکی از آن مسائل زیارت اهل قبور است که بسیار مؤثّر است. البتّه نه اینکه هر روز انسان برود، اقلاًّ هفته‌ای یکبار برود. عیادت مَرضی، صله رحم و رفت‌وآمد با برادران و اَخِلاّء روحانی و برادران ایمانی، خیلی مؤکَّد است و تأثیر بسزایی در انبساط و رفع قبض دارد. اینها مسائلی بود که چون ماه رجب نزدیک است، من خواستم این مطالب را خدمت رفقا عرض کنم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">إن‌شاءالله خداوند به همه ما توفیق بدهد که بتوانیم هرچه بیشتر از آن فیوضاتی که خداوند برای بندگانش در این ماههای متبرّکه ارزانی داشته است به احسن وجه و اکمل، ما بهره‌مند بشویم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="NormalA++"/>
+        <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">أللَهُمَّ صَلِّ عَلَی محمّد وَ آلِ محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="first" r:id="rId7"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
       <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
         <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Anvar">
-    <w:panose1 w:val="02000400000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_Quraan">
-    <w:panose1 w:val="02000500000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Asrar">
-    <w:panose1 w:val="02000500000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Asrar">
-    <w:panose1 w:val="02000500000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="f anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
@@ -1711,61 +1709,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="2" name="_x0000_i0002" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
@@ -6005,51 +6003,51 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundFooter/>
   <w:bordersDoNotSurroundHeader/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:doNotTrackMoves/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:pos w:val="pageBottom"/>
     <w:numFmt w:val="decimal"/>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
@@ -7792,75 +7790,153 @@
     <w:qFormat/>
     <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="008080"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SoalMatn">
     <w:name w:val="Soal Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="006A46D0"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Toggle_MS_V1">
+    <w:name w:val="Toggle_MS_V1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A67403"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B4B23" w:themeColor="accent6" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Arabi">
+    <w:name w:val="Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E051F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:eastAsia="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Asrar"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinMatn">
+    <w:name w:val="VasatChin Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E051F1"/>
+    <w:pPr>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
+    <w:name w:val="ChapChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E051F1"/>
+    <w:pPr>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="54159998">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="79758352">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187329520">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="289478946">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406267228">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407927020">
       <w:marLeft w:val="0"/>
@@ -7937,50 +8013,62 @@
     <w:div w:id="1159494460">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181622686">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200238293">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217547524">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1299339894">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368096135">
       <w:marLeft w:val="0"/>
@@ -8430,119 +8518,119 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amin;Mohammad Reza</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy>sadek jomaa</cp:lastModifiedBy>
-  <cp:revision>16</cp:revision>
+  <cp:revision>19</cp:revision>
   <cp:lastPrinted>2018-10-29T19:08:00Z</cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF">2019-09-22T15:42:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-09-16T15:42:00Z</dcterms:modified>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2024-01-15T12:06:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-  <TotalTime>2713</TotalTime>
+  <Template>Normal</Template>
+  <TotalTime>2720</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Majmaa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CEDED561-4006-4038-B1F9-56E84E5DD2D2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C03CE746-167E-4C26-9BCD-3378C92DA4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Company>Majmaa</Company>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amin_x003B_Mohammad Reza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>