--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -13,171 +13,292 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هوالعليم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">معرفت به هرچیز مستلزم اتحاد با آن می باشد</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی - رمضان المبارک 1418 - مجلس هشتم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بیانات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حضرت آیت‌اللَه حاج سید محمدمحسن حسینی طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدس‌الله‌سرّه</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">أعوذُ بِالله مِنَ الشَّیطانِ الرَّجیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ الله الرَّحمَنِ الرَّحیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلَّی‏ اللهُ عَلَی سیّدنا و نبیّنا أبی‌القاسم مُحَمّدٍ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و علی آله الطّیبین الطّاهرین و اللعنة عَلَی أعدائِهِم أجمَعینَ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بک عرفتک و انت دللتنی علیک و دعوتنی الیک و لولا انت لم ادر ما انت.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> عرض شد که در مسئله عرفان و معرفت به هر شیء، نه اینکه منظور از عرفان همین عرفان الهی، نه! عرفان به معنای وسیع، یعنی معرفت ولو اینکه عرفان به رفیق. آدم به رفیق خودش عرفان داشته باشد معرفت داشته باشد، این لازمه اش وحدت است. بدون وحدت این قضیۀ معرفت تحقق پیدا نمی‌کند، ابدا! تا دوئیت و غیریت بجا است معرفت پیدا نمی‌شود. و عرض کردم تا وقتی که دو نفر همدیگر را ندیدند نسبت به هم معرفت ندارند شناخت ندارند این شناخت و معرفت کی حاصل می‌شود برای افراد؟ وقتی که اینها به هم نزدیک بشوند وقتی که اینها با هم انس داشته باشند اگر این در این طرف زمین او هم در آن طرف زمین باشند خب به هم معرفت ندارند اصلا از هم خبر ندارند. بعضی ها هستند از این تجار که اینها یک طرف هستند و واسطه اینها آن طرف زمین و یک عمر با هم داد و ستد می‌کنند اما اصلا همدیگر را ندیدند یعنی اگر بیایندجلوی هم، همدیگر را نمی‌شناسند چون فقط تلفنی با هم صحبت می‌کنند این از اینجا برای او جنس می‌فرستد او هم از آن طرف زمین جنس می‌فرستد. تمام شناخت و معرفت اینها فقط در مکالمه تلفنی منحصر می‌شود دیگر شناختی ندارند. این چه شکلی است؟ او چه شکلی است؟ این چه خصوصیاتی دارد؟ نمی‌داند. خبر ندارد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> بعد خب بالاخره انسان با یک نفر ارتباط پیدا می‌کند ـ این را من الان عرض می‌کنم خدمتتان، بیان بیشترش در طول شبهای آینده اگر خدا توفیق بدهد یعنی این مطلبی را که می‌خواهم عرض کنم خدمت شما، در اینجا معنای شریفِ این فقره مبارکۀ حضرت سجاد سوای آن برهان صدیقین که در اینجا مطرح می‌شود گرچه بی ارتباط به همدیگر نیستند آن در اینجا مدّ نظر واقع می‌شود ـ اینها می‌آیند بعد به همدیگر نزدیک می‌شودند با همدیگر انس می‌گیرند بعد از حالات همدیگر خب خبر پیدا می‌کنند. این شخص کیست؟ فامیلش کیست؟ پدرش مادرش اجدادش؟ خب اینها معرفت است دیگر. معرفت مراتبی دارد و این ادنای از مراتب معرفت است. یک مقداری انس بیشتر با هم پیدا می کنند از خصوصیاتش مطلع می‌شود این آدم بخیلی است آدم بخشنده و جوادی است آدم خوش رو و خوش برخوردی است یا آدم بد برخورد و خیلی آدم قبضی است فکرش خب است یا فکرش کم است حالات نفسانی و حالات روحی، اینها کم کم به واسطه ارتباط برای هم روشن می‌شود.</w:t>
       </w:r>
@@ -251,50 +372,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> پس جود که بخشندگی و اعطاء‌است این صور مختلفی دارد. حالا اگر یک شخصی در خدمت آقای حداد بنشیند آن وقتی که آقا دست در جیب می‌کند پنج تومان به فقیر می‌دهد می‌گویند این انفاق کرده. آن وقتی که از یک طرف می‌گوید آقاجان شما بیا پنجاه هزار تومان بده، این را جود نمی‌داند. چرا؟ سعه‌اش محدود است افکارش محدود است معرفتش محدود است اینجا است که کسی پی به مقام اولیاء نمی‌تواند ببرد چون سعه چیست؟ محدود است. داریم به معنای عرفتک نزدیک می‌شویم البته هنوز کار داریم البته داریم قدم به قدم می‌آییم جلو، نترسیم آخر بخواهیم یک چیزی بگوییم، یواش یواش به قول عربها شوی شوی. چون این معرفت محدود است این محدودیت معرفت ایجاب می‌کند که مقداری، یک صدم یک هزارم یک میلیونیوم یک میلیاردم، از آن جنبه جود و عطاء بزرگی مثل آقای حداد، این شخص مطلع بشود و ٩٩٩ تای آن را نفهمد. کی می‌فهمد؟ کی می‌فهمد؟ وقتی که این حالت آقای حداد در این شخص هم ظهور پیدا کند آن موقع تازه می‌فهمد آن موقع تازه می‌فهمد آن کاری که ایشان الان کرد چه بود؟ نمی‌فهمد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> پیغمبر اکرم در جنگ بدر، عده‌ای از کفار قریش را اسیر کرده بودند من جمله از آنها عباس عموی پیغمبر بود، عباس عموی پیغمبر بود. و اینها را در طناب بسته بودند که فرار نکنند. پیغمبر داشت می‌آمد رد می‌شد و می‌خندید به اینها، همین طور می‌خندید. اینها رو کردند بعضی هایشان به عباس، گفتند این برادر زاده تو ادعای پیغمبری و رحم و عطوفت و اینها می‌کند آن وقت نگاه می‌کند به این دست بسته ما و دارد می‌خندد! پیغمبر شنیدند، رو کردند به آنها فرمودند خنده من از این است که من این قدر بر سعادت و هدایت شما حریص هستم که حاضرم با غل و زنجیر شما را به بهشت ببرم و شما قبول نمی‌کنید! من از این می‌خندم. والا شما کشته بشوید به من چه مربوط است؟ آن پیغمبری که اشاره می‌کند و ماه را نصف می‌کند خورشید و شمس را برمی‌گرداند آن پیغمبر بیاید نگاه کند به این چهار یا پنج تا مشرکین قراضه هدایت پیدا کنند صد سال می‌گوید که نشود. آن کسی که تمام ملائکه در ید قدرت او است و تمام جن و انس و فلک و ملک همه به ید اشارۀ او است منتظر هدایت این چهار نفر است؟ آن هم چهار نفری که تازه مسلمان بشوند تازه اول پیچارگی پیغمبر است! یا رسول الله این این جوری کرد! یا رسول الله این آن جوری کرد! یا رسول الله امروز گرسنه هستم! فردا فلانم! یا رسول الله...! اقلا مشرک باشد پیغمبر راحت است. می‌گوید سراغم نمی‌آید. حالا که آمده این مسلمان شده تازه اول گرفتاری پیغمبر است. امروز جنگ می‌شود یا رسول الله هوا گرم است! فردا جنگ می‌شود یا رسول الله هوا سرد است! پیغمبر می‌گوید پس من شما را چکار کنم؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> این امیرالمومنین شما نگاه کنید ببینید، پیغمبر منصوبش کرده آمدند و زدند و زنش را کشتند و فلان کردند و در به درش کردند بعد هم خانه نشین دیگر، برو بنشین در خانه. اگر از من می‌پرسید می‌گویم امیرالمؤمنین این ٢٥ سال راحت بود، به خدا راحت بود، راحت بود نشسته بود سرجایش، هی می‌رفت نخلستان درست می‌کرد قنات درست می‌کند بعد هم وقتی قنات آبش راه می‌افتاد فوری وقف فلان قبیله می‌کرد این کار علی بود نخلستان درست می‌کرد همین که قشنگ درختها می‌آمد بالا، قشنگ می‌شد، این نخلستان وقف فلان است و هیچ کس از اولاد من حق تصرف در این را ندارد، این کار علی بود. امان از وقتی که آمدند سراغش، گفتند یا علی ـ زدند عثمان را کشتند ـ گفتند یا علی بلند شو به خلافت برس دیگر! چه شد؟ تازه مصیبت علی شروع شد تازه مصیبت علی شروع شد، ٢٥ سال نشسته بود، آن علی که نانش نان جو آن هم نه این جو، آن هم نه این جو، جویی که می‌گذاشت در کیسه، درش را هم می‌بست، بعد هم یک مهر می‌کرد که کسی درِ این کیسه را باز نکند که وقتی نان را درمی‌آورد با پایش می‌شکست، می‌زد به این زانوی پایش آن را می‌شکست و می‌خورد! این علی این خلافت برای او چیست؟ این خلافت برای او چیست؟ وقتی که امیرالمؤمنین می‌فرماید که قسم به خدا این دنیای شما و این خلافتی که شما دارید می‌بینید ـ حضرت که بیخود این را نمی‌گوید نگاه می‌کند می‌بیند ابن عباس آنجاست طلحه و زبیر آنجا هست فلان آنجا هستند، می‌آیند بَه بَه خلافت رسید به علی! خب دیگر بالاخره، الحمدلله دیگر حق به حقدار رسید و خوشحال از اینکه فلان ـ امیرالمؤمنین یک نگاه به ایشان می‌کند سرش را یک تکان می‌دهد می‌گوید </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">وَ لَألضَیتُم دنیاکم هذه أزهَدَ عندی عفطةِ غفرٍ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
@@ -310,50 +432,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> حالا این امیرالمؤمنین با این کیفیت وقتی که حضرت زهرا را سوار بر حمار می‌کند و درِ خانه مهاجر و انصار می‌آورد که ببینید که آیا پیغمبر مرا در غدیر منصوب نکرد، از اینجا متوجه می‌شویم آیا منظور علی رسیدن به خلافت بود؟ نه! امیرالمؤمنین حاضر بود ذلّ و پستی تقاضا و مراجعه به منازل انصار و مهاجرین را بر خود بخرد، پستیِ دیگر، این ذُلّ است دیگر، کسی زنش را سوار خر کند الاغ کند و درِ خانه ‌اینها ببرد، بلند شوید بیایید از من حمایت کنید معنایش این است دیگر! در مقابله این گوساله بیایید از من حمایت کنید، این ابی بکر، در مقابل این شیادها بیایید از من حمایت کنید در مقابل این یک مشت رجّاله بیایید از من حمایت کنید پیغمبر مرا به خلافت نصب کرد شما بیایید تأیید کنید! امیرالمؤمنین برگردد، برود یک جای دیگر، برگردد دوباره برود یک جای دیگر، برگردد همین طور برگردد برای چه؟ این ذلّ را تحمل کند برای اینکه این سعادت و این آخرت و هدایتی که خداوند ممکن است برای اینها نصیب کرده باشد فوت نشود. برای این است و الا علی که راحت است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> اگر تمام عالم برگردند امیرالمؤمنین سرجایش است طوری نیست. آن امیرالمؤمنین راضی به مشیت خدا است راضی به قضا و قدر الهی است ولی میخواهد تکلیف را انجام بدهد. تکلیف این است که می‌گوید که من این ذلّ‌و پستی را به خود می‌خرم، آن وقت آن چه تصور می‌کند؟ تصور می‌کند حکومت را از علی گرفتند، افتاده دور تا دور مدینه می‌خواهد بگیرد، خیال می‌کنند اینجا حزب است باند است مثل قضایایی که امروزه هست هی می‌روند این را می‌بینند آن را می‌بینند آن را می‌کشند در حزبشان آن را می‌کشند آن را داشته باشیم یکی دیگر را بکشیم غنیمت است فلانی آمد جزو ما شد غنیمت است ولی این مطالب را باید در کتب عبید زاکانی یادداشت کرد موش و گربۀ عبید زاکانی را دیدید؟ او خیال می‌کند که علی حالا به خلافت نرسیده محتاج خلافت است بلند می‌شود دور می‌گردد دیشب علی آمد با زهرا درِ خانه ما راهش ندادم! خوشحال هم هست! خا ک بر سرت کنند! دیشب علی با زهرا آمد که ما را به خلافت چکار کند؟ به او گفتم یا علی تمام شده دیگر، بیا با اینها کنار بیا، مگر با باطل می‌شود کنار آمد آقاجان؟ مگر می‌شود با ابوبکر و عمر کنار آمد؟ مگر با مطلب خلاف می‌شود انسان کنار بیاید؟ کنار بیا یعنی چه؟ دست از حرفت بردار یعنی چه؟ این حرفی نیست. کنار آمدن یعنی چه؟ آقا این یا روز است یا شب است، بنده بگویم نه، چون کنار بیایم بگویم آن چراغ خاموش است! نه! خیانت کردم اگر بگویم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> آن وقت این امیرالمؤمنین دارد می‌آ‌ید به اینها می‌گوید که آقاجان من دارم می‌بینم، من برای سعادت توی بدبخت زهرا را سوار الاغ کردم دارم می‌آیم درِ خانه تو، اگر من کنار بروم از خلافت، می‌بینم روزی را که این عمر و این ابوبکر واین عثمان دین پیغمبر را برمی‌گردانند! میگوید دارم می‌بینم، نمی‌خواهی خودت می‌دانی خودت می‌دانی. سیدالشهدا علیه السلام فرمود </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">فإن لم تنصرونا و تنصفونا قوی الظلمةُ علیکم و عملوا فی إطفاء نور نبیکم</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> من که الان دارم حرکت می‌کنم می‌روم به سمت مکه برای احقاق حق [است] نه به خاطر خودم است این یک جانی است که از بدن من بیرون می‌آید و می‌رود، به خاطر خودم نیست تا روز عاشورا هم گفت روز عاشورا هم سر حرفش ایستاد بعد هم سرش را بریدند دیگر. امام حسین که نیامد پایین. امام حسین که از حرفش برنگشت او خودش این طوری بود دور و بریهایش چه جوری بودند؟ یکی می‌گفت اگر هزار [جان داشته باشم] باز هم از خدا تقاضا می‌کنم باز هم بگذارد رویش، هزار دفعه، تازه کیف بیشتر کنم، هزار دفعه جانم را فدا کنم! بیا این دور و بریهایش هم این جوری بودند! کی را می‌ترسانی؟ آن یکی بود حضرت قاسم بود می‌گفت الموت احلی من العسل این هم یکی بود، آن یکی بود، اینها این جوری بودند دیگر، هم خودش آن جوری بود و هم دور و بریهایش این جوری بودند. کی را می‌خواهی از مرگ بترسانی جناب یزید؟ جناب عمر سعد؟ جناب فلان؟ اینها را می‌خواهید بترسانید؟ بیایید یکی را بترسانید که برای اینکه از مرگ فرار کند شلوارش را کشید پایین! آن را بیایید بترسانید.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
@@ -460,163 +583,173 @@
         </w:rPr>
         <w:t xml:space="preserve"> پیغمبر اکرم لذت ملاقات با خدا را مسّ کرده لذا می‌گوید دیگران [را] هم بیایم بکشم. آنها را هم بهره‌مند کنم آنها را متمتع کنم با غل و زنجیر، با جنگ، هان؟ این است قضیه. یک اشکالی که الان دارند می‌کنند در مسئله حریت و آزادی افکار و حریت این است که می‌گویند انسان آزاد است دلش می‌خواهد دین را اختیار کند و دلش می‌خواهد اختیار نکند بنابراین معنا ندارد که اسلام بیاید جنگ بکند و افراد را بکشد، این تحمیل است و لا یکلف الله نفسا الا وسعها، لا اکراه فی الدین، اکراه فی الدین اینها اکراهی است این مطلب چیست؟ غلط است. چرا؟ چون اینها از پایین دارند به این مسئله نگاه می‌کنند از جنبه خلقی و عبدی دارند به این مطلب نگاه می‌کنند از این جنبه‌ای که این شخص نمی‌خواهد خودش را در هر کیفیتی قرار بدهد، آزاد می‌خواهد عمل کند، راحت می‌خواهد در این دنیا سیر بکند و دین را یک تحمیلی می‌داند، هر شخصی بتواند انجام بدهد، نتواند انجام ندهد، بتواند قبول بکند، نتواند قبول نکند، از این نقطه نظر اینها تحلیل می‌کنند لذا حق دارند بگویند. لذا اگر ما مطلب را از بالا مورد توجه قرار بدهیم که آن مقام لطف و عنایت پروردگار است که افراد را می‌خواهد به طرف خود بکشاند و دیگر نباید نگاه کند به اینکه الان این را می‌خواهد یا نمی‌خواهد، می‌خواهد این را بکشاند و در سایه این کشاندن این موارد را در....، مثل بچه‌هایی که این ها نمی‌خواهند یک چیزی را، اما پدر به خاطر عطوفتی که دارد این نعمت را به او بدهد این مرض را از او بزداید این مرض را از او زایل کند آمپول می‌زند تزریق می‌کند قرص می‌دهد قرص تلخ می‌دهد این برای چیست؟ برای این است که از جهت ربّی می‌خواهد مسئله در اینجا قرار بگیرد لذا به طور کلی می‌بینیم چه می‌شود؟ قضیه عوض می‌شود. به طور کلی مسئله فرق می‌کند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> لذا اسلام جهادش هم جهاد برای لطف است اینکه می‌گویند جهاد اسلام برای لطف است برای همین است دیگر. اسلام می‌گوید بابا ما نمی‌خواهیم شما نادان و جاهل بمانید اینها می‌گویند ما می‌خواهیم بمانیم می‌گوییم شما بچه هستید شما عقل ندارید شما صلاح و فساد خودتان را نمی‌فهمید. هان! شما نمی‌فهمید صلاح و فساد خودتان را. شما به مسائل دنیا گرفتار هستید شما از دیدار او به کار حرام دنیوی می‌خواهید بسنده کنید شما از انهار تجری من تحتها الانهار به خوردن خمر و اینها می‌خواهید چیز کنید ما می‌خواهیم شما را به آنجا برسانیم پس الان وظیفۀ اسلام است که این را....، بله! یک وقتی صحبت در این بود که بیایم و تحمیل کنیم بر اینها و یک ضرری را جایگزین ضرر دیگر کنیم، در اینجا جای سوال است جای حرف است! برای چه؟ مثل اینکه من باب مثال یک رئیس جمهوری را می‌خواهیم برداریم به جایش یک رئیس جمهور دیگر بگذاریم و تحمیل کنیم به افراد که این را شما باید انتخاب کنید، چرا انتخاب کنیم؟ ما می‌خواهیم آن را انتخاب کنیم، هر دو هم فرقی نمی‌کنند، ما می‌خواهیم آن را انتخاب کنیم شاید هم این بدتر از او باشد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> شما بچه هستید شما نمی‌فهمید شما به خطرات این وبا اطلاع ندارید اگر واکسن نزنی هم شما خودتان مبتلا می‌شوید و هم افراد دیگر مبتلا می‌شوند، در اینجا دست و پایش را می‌بندند و به او واکسن می‌زنند چون نمی‌فهمد چون ادراک ندارد. آن وقت این خیال می‌کند که این تحمیل است! دردش می‌آید خیال می‌کنند دارند به او تحمیل می‌کنند خیال می‌کنند دارند به او زور می‌گویند اما این زور نیست. این آب نباتی است که دارند به دهان او می‌گذارند منتهی با این شکل و با این کیفیت. بنابراین این احکام اسلام و احکامی‌که از طرف خداوند برای هدایت افراد آمده نه از باب تحمیل بلکه از باب لطف است چون خداوند متعال لطیف است به عبادش و چون او ارحم الراحمین است و چون او خالق و رازق است و چون او مبدأ و منتها است و چون او از همۀ افراد به انسان نزدیکتر است و می‌خواهد افراد را به آن هدایت دعوت کند لذا این احکام را دراین جا آورده. انشاءالله بقیۀ مطالب برای ـ اگر خداوند توفیق بدهد ـ برای شبهای آینده.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهم صل علی محمد و آل محمد</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00FF2A7F">
+    <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="first" r:id="rId7"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="0" w:footer="289" w:gutter="0"/>
+      <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
-        <w:col w:w="8277" w:space="708"/>
+        <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Anvar">
-    <w:panose1 w:val="02000400000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002007" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
+    <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_Quraan">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="f anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -877,61 +1010,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="44" name="_x0000_i0044" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0044" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
@@ -5099,56 +5232,55 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundFooter/>
   <w:bordersDoNotSurroundHeader/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="0" w:directFormattingOnParagraphs="0" w:directFormattingOnRuns="0" w:directFormattingOnTables="0" w:headingStyles="1" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="1" w:tableStyles="0" w:top3HeadingStyles="0" w:visibleStyles="0"/>
   <w:doNotTrackMoves/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:pos w:val="pageBottom"/>
     <w:numFmt w:val="decimal"/>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:lMargin m:val="0"/>
@@ -5164,51 +5296,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
@@ -5433,51 +5565,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Book Title" w:uiPriority="39"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E8177B"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="6804"/>
       </w:tabs>
       <w:bidi/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
@@ -6252,51 +6384,51 @@
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalA++">
     <w:name w:val="NormalA ++"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NormalA++Char">
     <w:name w:val="NormalA ++ Char"/>
     <w:locked/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi++">
-    <w:name w:val="Revayat Arabi++"/>
+    <w:name w:val="Revayat Arabi ++"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="auto"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiMatn++">
     <w:name w:val="Revayat Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
@@ -6366,72 +6498,75 @@
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinFarsi++">
     <w:name w:val="Vasat Chin Farsi ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiMatn++">
     <w:name w:val="Ashaar Arabi Matn ++"/>
     <w:basedOn w:val="NormalA++"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiNaghleghol++">
     <w:name w:val="Ashaar Arabi Naghleghol ++"/>
     <w:basedOn w:val="NormalA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiPavaraghi++">
     <w:name w:val="Ashaar Arabi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteTextA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00E8177B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6(-)">
     <w:name w:val="Heading 6 (-)"/>
     <w:basedOn w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rPr>
       <w:sz w:val="16"/>
@@ -6641,62 +6776,64 @@
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiMatn++">
     <w:name w:val="Ashaar Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiNaghleghol++">
     <w:name w:val="Ashaar Farsi Naghleghol ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiPavaraghi++">
     <w:name w:val="Ashaar Farsi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:next w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
@@ -6756,250 +6893,279 @@
     <w:rsid w:val="009471F6"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Englishpavaraghi++Char">
     <w:name w:val="English pavaraghi ++ Char"/>
     <w:basedOn w:val="EnglishMatn++Char"/>
     <w:rsid w:val="00FF2A7F"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00C9631E"/>
     <w:rPr>
       <w:color w:val="D6D4CA" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MatnVasatChin">
+    <w:name w:val="MatnVasatChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholMatn">
+    <w:name w:val="Naghleghol Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholPavaraghi">
+    <w:name w:val="Naghleghol Pavaraghi"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF098B"/>
+    <w:pPr>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
+    <w:name w:val="Revayat Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DE3DAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rMatn">
     <w:name w:val="She'r Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
-[...12 lines deleted...]
-    <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:bidi="fa-IR"/>
-[...11 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="3366FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rNaghleghol">
     <w:name w:val="She'r Naghleghol"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="666699"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rPavaraghi">
     <w:name w:val="She'r Pavaraghi"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="008080"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SoalMatn">
     <w:name w:val="Soal Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
+    <w:rsid w:val="006A46D0"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="FF00FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
-    <w:name w:val="Revayat Arabi"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Toggle_MS_V1">
+    <w:name w:val="Toggle_MS_V1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A67403"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B4B23" w:themeColor="accent6" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Arabi">
+    <w:name w:val="Arabi"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
-[...42 lines deleted...]
-      <w:lang w:bidi="fa-IR"/>
+    <w:rsid w:val="00E051F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:eastAsia="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Asrar"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinMatn">
     <w:name w:val="VasatChin Matn"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="339966"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinPavaraghi">
-[...1 lines deleted...]
-    <w:basedOn w:val="FootnoteText"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
+    <w:name w:val="ChapChin"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="00FF00"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="54159998">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="79758352">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187329520">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="289478946">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406267228">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407927020">
       <w:marLeft w:val="0"/>
@@ -7076,50 +7242,62 @@
     <w:div w:id="1159494460">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181622686">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200238293">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217547524">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1299339894">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368096135">
       <w:marLeft w:val="0"/>
@@ -7568,120 +7746,120 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amin;Mohammad Reza</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>5</cp:revision>
+  <cp:lastModifiedBy>sadek jomaa</cp:lastModifiedBy>
+  <cp:revision>19</cp:revision>
   <cp:lastPrinted>2018-10-29T19:08:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-09-11T14:02:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-09-11T16:40:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2019-09-22T15:42:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2024-01-15T12:06:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-  <TotalTime>150</TotalTime>
+  <Template>Normal</Template>
+  <TotalTime>2720</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Majmaa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{439561B8-367C-45CB-8F78-76552F388B6B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C03CE746-167E-4C26-9BCD-3378C92DA4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Company>Majmaa</Company>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amin_x003B_Mohammad Reza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>