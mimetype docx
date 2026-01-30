--- v0 (2025-10-29)
+++ v1 (2026-01-30)
@@ -12,171 +12,292 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هوالعليم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">ادراك حقیقت معناى رحمت‏</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی - رمضان المبارک 1418 - مجلس یازدهم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بیانات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حضرت آیت‌اللَه حاج سید محمدمحسن حسینی طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدس‌الله‌سرّه</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">أعوذُ بِالله مِنَ الشَّیطانِ الرَّجیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ الله الرَّحمَنِ الرَّحیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلَّی‏ اللهُ عَلَی سیّدنا و نبیّنا أبی‌القاسم مُحَمّدٍ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و علی آله الطّیبین الطّاهرین و اللعنة عَلَی أعدائِهِم أجمَعینَ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بک عرفتک و انت دللتنی علیک و دعوتنی الیک و لولا انت لم ادر ما انت</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> خدایا تو را به تو شناختم نه به شیء غیر از تو. و دلالت کننده بر تو خودت بودی نه چیز دیگری سوای تو. و تو مرا به خود خواندی. و تو مرا به خود دعوت کردی، تو مرا به خود طلبیدی و فراخواندی و اگر تو نبودی من نمی‌دانستم که تو که هستی و چه هستی.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> خب امشب دیگر ظاهرا شب آخر است گرچه به نظر می‌رسد که ما هنوز اندر خم یک کوچه هستیم و این فقرات نیاز به بسط و شرح خیلی بیشتری دارد و خود ما هم باید مستفیض بشویم. اما انشاءالله دیگر مطلب را در امشب جمع کنیم و به قدر بضاعت خودمان اگر مسئله‌ای هست بیان کنیم.</w:t>
       </w:r>
@@ -230,117 +351,147 @@
         </w:rPr>
         <w:t xml:space="preserve"> فقط و فقط در شاکله علی حق خوابیده و اصلا فرزندی و بنوّت در وجود او مفهوم ندارد اصلا علی فرزندی نمی‌فهمد، در قبال حق ها! و در قبال حق و در مسیر حق فرزندی سرش نمی‌شود قوم و خویشی سرش نمی‌شود. ما کجا و این مطالب کجا؟ واقعا عجیب است! این خیلی مسئله مهمی‌است که انسان یک وقتی یکی را دوست دارد، هر غلطی می‌کند این صحّه می‌گذارد و وقتی از آن دوستی دست برمی‌دارد هر چه دلش می‌خواهد به او می‌گوید، هر صحبتی، هر....! بعد هم شروع می‌کند اصلا اشکال درمی‌آورد! این چیست قضیه که انسان یک وقت وضعیتش جوری باشد که تمام مطالب را به دیده اغماض نگاه کند و جلو برود و تأیید کند و تأیید کند و بعد سال دیگر و دو سال دیگر و چند سال دیگر برگردد و یک یک روی مطالب گذشته مرور کند و موشکافی کند و مطالب را بیرون بیاورد و اظهار کند و از این بالاتر عیب دربیاورد؟ عیب دربیاورد! خب قضایا که فرق نکرد جانم، تو همانی بود که در چند سال پیش تأیید می‌کردی و همانی بودی که سال قبل تأیید می‌کردی اظهار رضایت می‌کردی نسبت به این مسئله، چطور شد که یک مرتبه تغیر پیدا کرد و قضایا عوض شد؟ خب این مسئله جای دقت است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> حالا این انسان معنای رحمانیت پروردگار را چگونه ارزیابی می‌کند؟ این رحمانیت پروردگار باید در وجود انسان باشد تا انسان بفهمد، تا چقدر؟ تا همان مقداری که این حقیقت در وجود انسان هست، تا آن مقدار انسان می‌فهمد که خداوند متعال ارحم الراحمین است. در روایات هم داریم، خداوند از پدر و مادر هم به شما رحمانیت او بیشتر است رحمتش بیشتر است. خدا دوستمان دارد دیگر، بیشتر از این کسی نمی‌فهمد اما حقیقت رحمانیت و رحیمیت حضرت حق و منشأ این رحمانیت چیست؟ این را هم ما ادراک کردیم؟ خب مادر که نسبت به فرزندش رحمت و عطوفت دارد چون از او به وجود آمده، پدر همین طور. در مورد پروردگار که از او به وجود نیامدیم ما، همان طور که از پدر و مادریم، این چه رحمتی در اینجا هست و چه عطوفتی در اینجا هست؟ این عطوفت را اگر بخواهد شخصی بفهمد مصداق و ما ارسلناک الا رحمه للعالمین است اگر کسی بخواهد این رحمت پروردگار را ادراک بکند این می‌شود رسول خدا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> برای رسول خدا همان جهت رحمتی است که برای حضرت حق هست یعنی همان کیفیت رحمت حضرت حق نسبت به بندگان این رحمت در رسول خدا هست چرا؟ چون دید رسول خدا نسبت به این صفت حسنه حضرت حق با دید ما تفاوت دارد. یک مادری وقتی نسبت به فرزندش رحمت دارد اگر یک فرزندی بیاید و با او دعوا کند می‌آید او را می‌زند، شاید فرزند خودش گناهکار است ولی می‌آید او را می‌زند، چرا؟ چون بچۀ خودش را دوست دارد ولی برای رسول خدا این طور نیست برای رسول خدا دیگر فرزند و غیرفرزند فرق نمی‌کند چون برای حضرت حق فرق نمی‌کند. عجیب است اینجا، اینجا دیگر مولانا کولاک می‌کند! خدا رحمتش کند مولانا را، جدا اگر کتب این بزرگان نبود ما از خیلی از معارف محروم بودیم. دیگر اگر بخواهیم بگوییم خیلی طول می‌کشد، آن اشعار خیلی عجیبی که دارد درباره صفت اولیاء خدا که آنها اصلا به طور کلی مقام بقایشان با مقام کثرتشان در هنگام سیر تفاوت دارد، خوشی که اینها دارند با خوشی قبل تفاوت دارد، استحسان اینها با استحسان قبل تفاوت دارد، بله؟ خیلی اشعار عجیبی است! وقتی راجع به شمس تبریزی صحبت می‌کند که چطور...!</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="She'rMatn"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">یک دهان خواهم به پهنای فلک ** تا بگویم شرح آن گشته ملک</w:t>
+        <w:t xml:space="preserve">یک دهان خواهم به پهنای فلک *** تا بگویم شرح آن گشته ملک</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="She'rMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">من چه گویم یک رگم هوشیار نیست *** شرح آن یاری که آن را یار نیست</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">من چه گویم یک رگم هوشیار نیست ** شرح آن یاری که آن را یار نیست</w:t>
+        <w:t xml:space="preserve"> تا می‌رسد به اینجاکه می‌گوید کار پاکان را قیاس از خود مگیر گرچه باشد در نوشتن شیر شیر صفاتی که اولیا دارند خیلی مفصل است، الان فراموش کردم ..... که ..... نمی‌دانم این نیش شد و این شد عسل کذا ... نمی‌دانم از گیاه خوردن یکی و از آهوی ختن برآمد و ... تا می‌فرماید که: </w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="She'rMatn"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> تا می‌رسد به اینجاکه می‌گوید کار پاکان را قیاس از خود مگیر گرچه باشد در نوشتن شیر شیر صفاتی که اولیا دارند خیلی مفصل است، الان فراموش کردم ..... که ..... نمی‌دانم این نیش شد و این شد عسل کذا ... نمی‌دانم از گیاه خوردن یکی و از آهوی ختن برآمد و ... تا می‌فرماید که: کار پاکان را قیاس از خود مگیر ** گرچه باشد در نوشتن شیر شیر.</w:t>
+        <w:t xml:space="preserve">کار پاکان را قیاس از خود مگیر *** گرچه باشد در نوشتن شیر شیر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> پاکان به طور کلی دیدشان در مسائل تفاوت کرده، نکاحشان تفاوت می‌کند، معاملۀشان تفاوت می‌کند تجارت‌شان تفاوت می‌کند نشست و برخواست شان تفاوت می‌کند آب و غذایی که می‌خورند تفاوت پیدا می‌کند ما می‌بینیم که فرض کنید که فلان شخص از ولیّ خدا عیال گرفته اما می‌گوییم که فرض کنید که آن آمده برای چه این کار را کرده؟ اصلا این مقام مقام شهوت نیست این مقام یک مقام دیگری است این مقام ارزشهای مصلحت کلیه است غیر از چیز ما است که هر کسی را دیدیم دنبالش راه بیافتیم و....، این اصلا ربطی به این مسائل و مطالب ندارد یا مثلا فلان کس برای خودش فلان جایی را خریده، فلان، چه وضعیتی را در نظر گرفته و ما اگر بخواهیم فلان کاری را بکنیم، فلان معامله را انجام داده فلان کار را کرده، اینها همه مسائلی است که به طور کلی در دو افق مختلف باید مورد بررسی قرار بگیرد و ما نمی‌توانیم با یک دید نسبت به مطالب نگاه بکنیم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> بعد جناب مولانا می‌فرماید که اینجا است که خلقی گمراه می شوند و می‌آیند قیاس می‌کنند و می‌گویند چرا این این طور است و ما این طور هستیم؟ اگر این راه صحیح است چرا این، این کار را انجام می‌دهد؟ اگر راهش درست است چرا فلان کار...؟ در حالیکه نمی‌دانند این در یک مسائل دیگر الان دارد سیر می‌کند که به طور کلی از حیطه ادراک آدم این چنینی به دور است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> لذا ما نمی‌توانیم، یعنی آن مقام رحمانیت پروردگار [را] ما نمی‌توانیم ادراک کنیم مگر به همین اندازه سعه [وجودی خودمان.] ما مقام جلال حق [را] نمی‌توانیم ادراک بکنیم مگر به اندازه سعه وجودی خودمان. پروردگار متعال نسبت به کفار نسبت به مشرکین و اینها عداوت دارد، دشمنی دارد، ما خیال می‌کنیم عداوت خدا مثل عداوت ما است. طرف برداشته پولمان را برده ما می‌رویم می‌زنیم آبرویش رامی‌بریم چکارش می‌کنیم فلان می‌کنیم آن آمده عِرض و آبروی ما را برده ما هم بلند می‌کنیم عرض و ‌آبرویش را می‌بریم، اشکالات و خفیّاتش را می‌آییم به رخش می‌کشیم فلان می‌کنیم این دارای این مسائل است. او آمده سیلی به شما زده ما هم می‌آییم در عوض یک سیلی به گوشش می‌زنیم. ما چکار می‌کنیم؟ قیاس از خود می‌گیریم. اما در مورد پروردگار آیا قضیه همین طور است؟ آیا خدا دشمنی دارد واقعاً؟ آیا خدا با شمر و یزید دشمنی دارد؟ خدا با شیطان دشمنی دارد؟ خدا با کفار و اینها دشمن است؟ اینها از کجا آمده‌اند؟ غیر از اینکه وجود خود پروردگار هستند؟ دشمنی در اینها چه صورتی دارد و چه کیفیتی دارد؟ قضیه در آنجا به چه نحو است؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> این آیاتی که در قرآن نسبت به کفار آمده ولاتحسبن الذین کفروا ... ولاتحسبن الله مخلف الوعده ...ولاتحسبن الکفار، اینها خیال نکنند...، خیال نکنند ما غافلیم، ما فراموششان کردیم، خیال نکنند...، اینها چیست قضیه؟ این معنا را ما نمی‌توانیم ادراککنیم مگر اینکه در آن مرتبه ربوبیت، از آن کیفیت ارتباط بین پروردگار و بین آ‌نها، ما هم مطلع بشویم. پس به صفات حضرت حق امکان ندارد انسان راهیابی کند الا اینکه خداوند متعال از همان نحوه و صفت و نعتی که در وجود او هست از همان نحوه به انسان عنایت کند.</w:t>
+        <w:t xml:space="preserve"> این آیاتی که در قرآن نسبت به کفار آمده </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ولاتحسبن الذین کفروا ... ولاتحسبن الله مخلف الوعده ...ولاتحسبن الکفار</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، اینها خیال نکنند...، خیال نکنند ما غافلیم، ما فراموششان کردیم، خیال نکنند...، اینها چیست قضیه؟ این معنا را ما نمی‌توانیم ادراککنیم مگر اینکه در آن مرتبه ربوبیت، از آن کیفیت ارتباط بین پروردگار و بین آ‌نها، ما هم مطلع بشویم. پس به صفات حضرت حق امکان ندارد انسان راهیابی کند الا اینکه خداوند متعال از همان نحوه و صفت و نعتی که در وجود او هست از همان نحوه به انسان عنایت کند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> خب حالا صحبت در این است غیر از خدا کی می‌تواند این نحوه را به انسان بدهد؟ انسان از کجا پیدا کند؟ از کجا انسان پیدا کند؟ صحبت در این است که خداوند متعال دارای یک صفات منحصر به ذات خودش است به واسطه آن مقام تجرد تام و اطلاقی که دارد صفات او مناسب با آن تجرد تام و اطلاقی و لا حدّی است خب همه اشیاء و همه موجودات در عالم تعین و تقیّد گرفتار هستند اگر انسان بخواهد به آن کیفیت صفت و نعت پروردگار برسد از کجا می‌تواند تحصیل کند؟ خود خدا باید بدهد. اعطاء پرودرگار این صفت را در انسان عبارت است از معرفت انسان به این صفت پروردگار در این حدّ. وقتی که ما دارای جنبه رحمت و رحیمیت و عطوفت می‌شویم در آنجا باید ادراک کنیم که خداوند متعال در آن لحظه این وصف را به ما عنایت کرده این صفت را عنایت کرده والا قسی القلب می‌شویم. وقتی که ما دارای صفت قهاریت و غضب می‌شویم باید در آن لحظه بدانیم که ظهور این صفت درعالم امکان به واسطه حضرت حق در وجود ما تجلی پیدا کرده. وقتی که دارای صفت بخشش می‌شویم و به فقیر داریم کمک می‌کنیم در آنجا باید بدانیم که حضرت حق آمده عنایت کرده و این صفت را در وجود ما قرار داده تا به فقیر کمک کنیم و الا صد سال [هم] اگر می‌گذشت دست ما در جیبمان نمی‌رفت، نمی‌رفت.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> پس هر وقت که حالت رحمت و عطوفت پیدا کردیم باید بدانیم که در اینجا جنودالرحمان آمدند هر جا که جنبه ایثار پیدا کردیم باید بدانیم که جنودالرحمان آمدند هر جا که جنبه تعقل و تدبر پیدا کردیم باید بدانیم که جنود الرحمان آمدند در تمام اینها این جنودالرحمان است و اعطاء این صفات است به انسان در آن لحظه. چه قدر خب است انسان این حالات را برای خودش نگاه دارد و از دست ندهد. مراقبه ایکه می‌گویند سالک باید مراقبه داشته باشد برای این است که این حالات را نگه دارد وقتی انسان این حالات را نگه دارد خداوند هم اضافه می‌کند، این صفت را اضافه می‌کند کیفیتش را اضافه می‌کند تغییر در او می‌دهد بینش در او می‌دهد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -480,158 +631,168 @@
         </w:rPr>
         <w:t xml:space="preserve"> لذا باید از خداوند واقعا بخواهیم از باب حُبّ الصالحین ولست منهم و.... ارزقنا من الصلحا، آنچه که ما می‌توانیم بر آ‌ن مدعی باشیم ولو مجازا محبت این بزرگان، محبت این اولیاء‌است و اینکه ما واقعا اینها را دوست داریم و راه آنها را دوست داریم و مسیر اینها را ما دوست داریم گرچه دست ما کوتاه است و نمی‌توانیم به مقام منیع اینها ابداً برسیم و آن عواملی که در این ماه آنها طی می‌کردند اینها را حتی به تخیل خودمان بیاوریم و به قول مرحوم آقا می‌فرمودند اصلا من نمی‌توانم آنچه را که از این مرد احساس کردم به قلم بیاورم، من چه بیایم بگویم؟ او چه بوده؟ این چه مسائلی بوده؟ آنچه را که ایشان احساس می‌کردند یعنی خودشان هم متحقق بودند دیگر، با توجه به مطالبی که عرض شد یعنی واقعا اینها در چه افقی حرکت می‌کردند که نمی‌توانستند به قلم بیاورند؟ نمی‌توانستند به کاغذ بیاورند؟ و ما می‌دانیم که اینها گتره نمی‌گویند مطالبشان مطالب حق است و صحیح است. فقط آنچه که برای ما می‌ماند دست نیاز و احتیاج و التجاء‌ما است به دامن این گونه افراد و این بزرگان و اینکه آنها با طهارت خودشان و با حقیقت پاک و مطهر خودشان نمیهم از آن یمّ ‌بیکران خودشان در ما افاضه کنند و ما را از آن عالم بهیمیت و حیوانیت به در بیاورند و ما را همگون و هم لون با خودشان قرار بدهند و در همه جا و در همه وقت ما را مشمول عنایت حضرت حق قرار بدهند که در غیر این صورت خب واقعا کار ما خراب است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> از خداوند می‌خواهیم خطایا و ضلات ما را در این ماه به لطف و کرم خودش ببخشد و به مقام رحمانیت و رحیمیت خودش بر ما نظر کند و با عدل و داد و قسط بر ما ننگرد و با فضل و لطف و عنایت خودش با ما عمل کند، انه هو المجیب و هو الغفار. و دستمان را در دنیا و آخرت از دامان اولیای خودش کوتاه نگرداند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> نثار روح اموات از شیعیان امیرالمؤمنین علیه السلام بالاخص حاضرین مخصوصا بزرگان و اولیای از این جهان رخت بربسته خصوصا مرحوم سید هاشم حداد و حضرت علامه آیت الله والد، رحم الله من قرأ الفاتحه مع الصلوات. </w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهم صل علی محمد و آل محمد</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00FF2A7F">
+    <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId4"/>
       <w:footerReference w:type="default" r:id="rId5"/>
       <w:footerReference w:type="first" r:id="rId6"/>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="0" w:footer="289" w:gutter="0"/>
+      <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
-        <w:col w:w="8277" w:space="708"/>
+        <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Anvar">
-    <w:panose1 w:val="02000400000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002007" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
+    <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_Quraan">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="f anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -892,61 +1053,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="27" name="_x0000_i0027" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0027" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
@@ -5064,56 +5225,55 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundFooter/>
   <w:bordersDoNotSurroundHeader/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="0" w:directFormattingOnParagraphs="0" w:directFormattingOnRuns="0" w:directFormattingOnTables="0" w:headingStyles="1" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="1" w:tableStyles="0" w:top3HeadingStyles="0" w:visibleStyles="0"/>
   <w:doNotTrackMoves/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:preSp m:val="0"/>
     <m:postSp m:val="0"/>
     <m:interSp m:val="0"/>
     <m:intraSp m:val="0"/>
     <m:wrapIndent m:val="1440"/>
@@ -5122,51 +5282,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
@@ -5391,51 +5551,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Book Title" w:uiPriority="39"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E8177B"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="6804"/>
       </w:tabs>
       <w:bidi/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
@@ -6210,51 +6370,51 @@
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalA++">
     <w:name w:val="NormalA ++"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NormalA++Char">
     <w:name w:val="NormalA ++ Char"/>
     <w:locked/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi++">
-    <w:name w:val="Revayat Arabi++"/>
+    <w:name w:val="Revayat Arabi ++"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="auto"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiMatn++">
     <w:name w:val="Revayat Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
@@ -6324,72 +6484,75 @@
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinFarsi++">
     <w:name w:val="Vasat Chin Farsi ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiMatn++">
     <w:name w:val="Ashaar Arabi Matn ++"/>
     <w:basedOn w:val="NormalA++"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiNaghleghol++">
     <w:name w:val="Ashaar Arabi Naghleghol ++"/>
     <w:basedOn w:val="NormalA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiPavaraghi++">
     <w:name w:val="Ashaar Arabi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteTextA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00E8177B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6(-)">
     <w:name w:val="Heading 6 (-)"/>
     <w:basedOn w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rPr>
       <w:sz w:val="16"/>
@@ -6599,62 +6762,64 @@
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiMatn++">
     <w:name w:val="Ashaar Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiNaghleghol++">
     <w:name w:val="Ashaar Farsi Naghleghol ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiPavaraghi++">
     <w:name w:val="Ashaar Farsi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:next w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
@@ -6714,250 +6879,279 @@
     <w:rsid w:val="009471F6"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Englishpavaraghi++Char">
     <w:name w:val="English pavaraghi ++ Char"/>
     <w:basedOn w:val="EnglishMatn++Char"/>
     <w:rsid w:val="00FF2A7F"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00C9631E"/>
     <w:rPr>
       <w:color w:val="D6D4CA" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MatnVasatChin">
+    <w:name w:val="MatnVasatChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholMatn">
+    <w:name w:val="Naghleghol Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholPavaraghi">
+    <w:name w:val="Naghleghol Pavaraghi"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF098B"/>
+    <w:pPr>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
+    <w:name w:val="Revayat Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DE3DAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rMatn">
     <w:name w:val="She'r Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
-[...12 lines deleted...]
-    <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:bidi="fa-IR"/>
-[...11 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="3366FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rNaghleghol">
     <w:name w:val="She'r Naghleghol"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="666699"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rPavaraghi">
     <w:name w:val="She'r Pavaraghi"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="008080"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SoalMatn">
     <w:name w:val="Soal Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
+    <w:rsid w:val="006A46D0"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="FF00FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
-    <w:name w:val="Revayat Arabi"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Toggle_MS_V1">
+    <w:name w:val="Toggle_MS_V1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A67403"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B4B23" w:themeColor="accent6" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Arabi">
+    <w:name w:val="Arabi"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
-[...42 lines deleted...]
-      <w:lang w:bidi="fa-IR"/>
+    <w:rsid w:val="00E051F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:eastAsia="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Asrar"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinMatn">
     <w:name w:val="VasatChin Matn"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="339966"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinPavaraghi">
-[...1 lines deleted...]
-    <w:basedOn w:val="FootnoteText"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
+    <w:name w:val="ChapChin"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="00FF00"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="54159998">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="79758352">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187329520">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="289478946">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406267228">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407927020">
       <w:marLeft w:val="0"/>
@@ -7034,50 +7228,62 @@
     <w:div w:id="1159494460">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181622686">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200238293">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217547524">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1299339894">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368096135">
       <w:marLeft w:val="0"/>
@@ -7526,120 +7732,120 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amin;Mohammad Reza</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>5</cp:revision>
+  <cp:lastModifiedBy>sadek jomaa</cp:lastModifiedBy>
+  <cp:revision>19</cp:revision>
   <cp:lastPrinted>2018-10-29T19:08:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-09-11T14:02:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-09-11T16:40:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2019-09-22T15:42:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2024-01-15T12:06:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-  <TotalTime>150</TotalTime>
+  <Template>Normal</Template>
+  <TotalTime>2720</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Majmaa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{439561B8-367C-45CB-8F78-76552F388B6B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C03CE746-167E-4C26-9BCD-3378C92DA4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Company>Majmaa</Company>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amin_x003B_Mohammad Reza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>