--- v0 (2025-11-04)
+++ v1 (2025-12-22)
@@ -13,185 +13,321 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هوالعليم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">علّت عدم شرمندگی انسان از ارتکاب گناه در قبال خداوند</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی - رمضان المبارک 1419 - مجلس نهم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بیانات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حضرت آیت‌اللَه حاج سید محمدمحسن حسینی طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدس‌الله‌سرّه</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">أعوذُ بِالله مِنَ الشَّیطانِ الرَّجیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ الله الرَّحمَنِ الرَّحیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلَّی‏ اللهُ عَلَی سیّدنا و نبیّنا أبی‌القاسم مُحَمّدٍ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و علی آله الطّیبین الطّاهرین و اللعنة عَلَی أعدائِهِم أجمَعینَ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">الحمدُ للّه الَّذی اُنادیهَ کلّما شِئْتُ لِحاجتی و اَخْلُو بِهِ حیثُ شِئْتُ لِسرّی بِغَیْر شفیعٍ فَیَقْضی لی حاجَتی و اَلْحمدُللّهِ الَّذی لا اَدْعو غَیْرَه وَ لَوْ دَعَوْتُ غَیْرَهُ لم یَسْتَجِبْ لی دعائی و الْحَمدُ لله الَّذی لا اَرجُو غَیْرَهُ وَ لَوْ رَجَوْتُ غَیْرَه لأخْلَفَ رَجائی</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">در این فقره ی شریفه که می‌فرماید الحمدُ لله الَّذی اُنادیَه کلُّما شِئْتُ لِحاجَتی و أخْلُوا به حیثُ شئتُ لسرّی بغیر شفیعٍ فَیَقْضی لی حاجتی صحبت به اینجا رسید که از همۀ افراد به انسان آن شخصی نزدیک تر است که محرم اسرار انسان باشد او به انسان نزدیک تر است دیگر، حالا فرقی نمی‌کند آن شخصی که محرم سرّ انسان است او برادر انسان باشد خواهر انسان باشد عیال انسان باشد یا شوهر انسان باشد پدر و مادر یا اینکه رفیقی باشد و هرچه این محرمیّت سرّ بیشتر باشد معلوم می‌شود که او نزدیک تر است دیگر، این خیلی روشن است انسان با او رودربایستی‌اش کمتر است انسان با او راحت تر است راحت تر صحبت می‌کند مطلب را با او بهتر می‌تواند در میان بگذارد.</w:t>
+        <w:t xml:space="preserve">در این فقره ی شریفه که می‌فرماید</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الحمدُ لله الَّذی اُنادیَه کلُّما شِئْتُ لِحاجَتی و أخْلُوا به حیثُ شئتُ لسرّی بغیر شفیعٍ فَیَقْضی لی حاجتی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> صحبت به اینجا رسید که از همۀ افراد به انسان آن شخصی نزدیک تر است که محرم اسرار انسان باشد او به انسان نزدیک تر است دیگر، حالا فرقی نمی‌کند آن شخصی که محرم سرّ انسان است او برادر انسان باشد خواهر انسان باشد عیال انسان باشد یا شوهر انسان باشد پدر و مادر یا اینکه رفیقی باشد و هرچه این محرمیّت سرّ بیشتر باشد معلوم می‌شود که او نزدیک تر است دیگر، این خیلی روشن است انسان با او رودربایستی‌اش کمتر است انسان با او راحت تر است راحت تر صحبت می‌کند مطلب را با او بهتر می‌تواند در میان بگذارد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> گاهی اوقات انسان در یک مشکلاتی هست خب نمی‌تواند به هر کسی بگوید. می‌گویند آقا ما آمدیم به شما بگویم چون با شما رودروایسیمان کمتر است، رُکْ‌تریم، راحت تر می‌توانیم مثلاً صحبت کنیم، این مشکل را با شما در میان بگذاریم خب این به انسان نزدیک تر است دیگر حالا بعضی‌ها هستند محرم سرّ دو طرفه‌اند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> این جاسوس های دوطرفه دیده‌اید؟ هم برای این کشور جاسوسی می‌کند هم برای آن کشور جاسوسی می‌کند، می‌آید پیش این خلاصه محرم سرّ و مطالب و این ها را می‌گیرد بعد می‌رود پیش یکی دیگر، حالا آن مخالف این است ها جوری خودش را وانمود می‌کند که ما خلاصه با تو چیز هستیم و این ها. هرچه یک شخصی به انسان نزدیک تر باشد آن محرمیّتش بیشتر است البتّه ممکن است خب در بعضی موارد خصوصیّات تفاوت کند خب انسان با عیالش یک جور محرمیّت دارد با رفیقش یک جور محرمیّت دارد حتیّ ممکن است خّب بعضی مطالب را نگوید صلاح نمی‌داند به این بگوید بعضی مطالب را به او صلاح نمی‌داند بگوید این ها دیگر تفاوت دارد هر کسی دیگر یک جوری.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -251,57 +387,59 @@
         </w:rPr>
         <w:t xml:space="preserve"> حالا با توجّه به این قضیّه آیا باز انسان از امام هم خجالت می‌کشد مثلاً یک کار خلافی کرده هی خجالت بکشد از امام، خجالت ندارد چرا؟ چون بر همه چی اطلاع دارد دیگر، مثلاً از کی می‌خواهد خجالت بکشد؟ از کسی [که] می‌داند؟ این خودش می‌داند دیگر. خودش به تمام شراشر وجود و به تمام بطون و به تمام خفیّات اطّلاع دارد. خجالت دیگر یعنی چی؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> یک کسی از دوستان می‌گفتش که ما به اتّفاق اهل بیت و خانواده و این ها رفتیم خدمت مرحوم آقا. آقا یکی یکی شروع کرده بودند سئوال کرده بودند خوب خانم فلان حال شما چطور است؟ خانم فلان حال شما چطور است؟ یکی یکی اسم می‌بردند که شما مثلاً حالتان [چطور است؟] بعد به یکی رسیده بودند اسمش همچنین اسم خیلی مناسب نبود اسمش را نیاوردند آن وقت خب حال شما چطور است؟ این فهمید اسمش خوب نیست نگفته بودند که به آقا، البته خب اسمش را عوض کرد. بعد شروع کردند گفته بودند که خب، یکی یکی سئوال می‌کردند بعد این بنده خدا دیشبش مثلاً فرض [کنید] حافظ خوانده بوده یک شعری هم از حافظ آمده بود، بعد یک دفعه آقا: خب خانم بگویید ببینم این شعر معنایش چی است؟ آن شعری که دیشب فال زده بود، با خنده و شوخی، که حالا من نمی‌دانم و... این شعر چی است مخدّره؟ مثلاً خانم کذا؟ می‌دانی معنایش چی است؟ خیلی هم سن نداشت هفده، هجده، بیست این حدود، این می‌دانی معنایش چی است؟ خب بابا آن آقایی که می‌داند که این دیشب چی فال زده بقیّه کارها را هم که می‌بیند فقط این فال زدن را که نمی‌بیند. رفتن را می‌بیند آمدن را می‌بیند. عمل صالح را می‌بیند عمل خلاف را می‌بیند اگر نماز شب بخوانیم، همه را دارد می‌بیند دیگر، این که دیگر جای تأمّل ندارد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> امام علیه السّلام این تمام خصوصیّات را دارد می‌بیند. به قول آقای حدّاد یه وقتی یه جریانی را که اتّفاق افتاده بود ـ یک دفعه هم من نقل کردم مثل اینکه برای رفقا ـ [برای] مرحوم آقا اتّفاق افتاده بود، بین ایشان و بین مرحوم پدربزرگ ما ـ حاج آقا معین شیرازی ـ در جدّه ما هم بودیم من شانزده، هفده سالم بود و یک صحبت، تمام آن حرف‌ها را ایشان به رمز و اشاره از اوّل تا آخر گفت، این این فلان هَمَش مثلاً یک قضیّه می‌گفتند می‌گفتند خب این چه می‌شود؟ حالا این‌ها همه‌اش برای ما بود آ! این ها خب با هم سَر و سِرّ و رمز و راز ‌دارند برای اینکه خب بقیه مطّلع بشوند دیگر خب ما بفهمیم، تمام آنچه که اتفاق افتاده بود از یک ساعت ملاقات بین ایشان و بین پدربزرگمان و مسائلی که ردّ و بدل شد و جهات نقص و ایرادی که وارد بود و بعضی از مشاهداتی که او کرده بود و بعضی از چیزها.... همه را ایشان به یک بیان عجیب و لطیف و... و بعد هم خب به عنوان یک دستور اخلاقی و سلوکی ایشان می‌فرمودند:</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="She'rMatn"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> داند و خر را هی راند خموش ** بر رخت خندد برای روی پوش</w:t>
+        <w:t xml:space="preserve"> داند و خر را هی راند خموش *** بر رخت خندد برای روی پوش</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">رفتی فلان کار را کردی ولی وقتی [دید] یک لبخند هم بِهِت می‌زند یک خنده و شوخی هم می‌کند یک جُکی هم تعریف می‌کند که بمالونه مسئله را و رد شود و برود. چی؟ این مقام ستاریّت او است دیگر که در این ولیّ یا در این امام علیه السّلام تجلّی می‌کند. ستاریّت او، همین تجلّی‌اش به این کیفیّت است که اینجا پیدا می‌شود. آن هم خیال می‌کند که این خبر ندارد آره خندید و فلان و آقا نفهمید.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
@@ -457,219 +595,239 @@
         </w:rPr>
         <w:t xml:space="preserve"> ایشان با این خصوصیّت و با این کیفیّت، یک روز من راجع به یک مطلب از آقای حدّاد، اواخر عمرشان هم بود یک چیزی سئوالی کردم که شما اینطوری بودید مرحوم آقا فرمودند فلانی آقا سید محسن من وقتی که با آقای حدّاد بودم به او نگاه نمی‌کردم به عنوان یک ولیّ، نظر آلی بهش می‌کردم. یعنی حتّی یک همچنین شخصیّتی یک همچنین موقعیّتی که تمام وجود اوست، می‌گوید من نظر آلی به او داشتم نه نظر استقلالی. متوجّه می‌شوید چی می‌خواهم بگویم؟ فقط یک نفر و یک مبدأ باید در نظر انسان قرار بگیرد این همان توحیدی است که خود آقای حدّاد آورده بود. یعنی در حفظ رعایت کثرت و ادب و اهتمام در سرحدّ اعلا، در سرحدّ اعلا این رعایت ادب و احترام وجود دارد اما در باطن حالی دارد که فقط به یک مبدأ توجّه دارد اگر بخواهد از آن مبدأ منصرف به این ظاهر بشود با روش آقای حدّاد چی است؟ دوتا درمی‌آید.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> اینجا است که انسان حتّی امام حتّی پیغمبر اکرم صلّی اللّه علیه و اله و سلّم حتّی این‌ها را هم نظر استقلالی نباید بهشان بیاندازد. نظر نظر چی است؟ آلی است فقط یک مبدأ است. فقط یک حقیقت وجود دارد پیغمبر با آن ید و بیضاء که اوّل ممکن و اوّل نزول تعیّن است. یعنی تمام عوالم ملک و ملکوت، بواسطه رَشَحات فیض پیغمبر است دیگر ولی یک موحّد وقتی که می‌خواهد نظر بیاندازد فقط باید به مبدأ توجّه داشته باشد و بس.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> امیرالمؤمنین علیه السّلام اینجوری به پیغمبر نگاه می‌کرد. اینطوری بود نظر نظر استقلالی نبود. اگر نظر نظر استقلالی بود دیگر امیرالمؤمنین امیرالمؤمنین نبود. قاطی داشت. خلط داشت. مزج داشت ترکیب داشت آن توحیدی که مو، لایِ درزش نمی‌رود و آن توجّهی که هیچ شائبۀ کثرت و تعیّنی دَرِش راه ندارد آن توحیدی است که در امیرالمؤمنین است آن چی است؟ فقط توجّه به یک مبدأ است رسول اللّه چی است؟ واسطه است آلت است وسیله است تعیّن است، رسول اللّه باشد. به همین مقدار تنازل نمی‌کرد. ابن فارض می‌گوید دیگر:</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="She'rMatn"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">علیک بها صِرفاً و اِنْ شِئْتَ مَزْجَها ** فَعَدْلُکَ عَنْ ظَلْمِ الحَبیبِ هُوَ الظُّلْمُ</w:t>
+        <w:t xml:space="preserve">علیک بها صِرفاً و اِنْ شِئْتَ مَزْجَها *** فَعَدْلُکَ عَنْ ظَلْمِ الحَبیبِ هُوَ الظُّلْمُ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">یعنی در مرحلۀ اوّل من توصیه می‌کنم علیک بها، فقط آن ذات محبوب را، فقط آن ذات معشوق را داشته باشید که همان ذات احدیّت است این در مرتبۀ اوّل. ما اینجوری رفتیم ـ آن دارد می‌گوید ها! ما که اگر ما اسممان را موحّد بگذاریم آخر الزّمان شده. این از علائم ظهور است که به ما بگویند موحّد ـ می‌گوید ما اینجا رفتیم تو هم بیا اینجا. علیک بها صرفاً، هیچ چیزی را با توحید خلط نکن هیچ چیزی را با توحید قاطی نکن، هرچی می‌خواهد باشد. هر کسی می‌خواهد باشد. هر تعیّنی می‌خواهد باشد به هر حدّی باشد به هر مرتبه‌ای باشد هرچه می‌خواهد باشد. با توحید قاطی نکن حالا! اگر زورِت رسید خدا توفیقت داد که زهی سعادت اگر زورِت نرسید، خیلی آن دیگر مثلاً بالا بالا است خیلی دیگر آن در مرتبۀ اعلی است. اگر زورِت نرسید و خواستی بالاخره از تعیّنات یک خورده قاطی کنی با توحید، دیگر از ائمّه پایین‌تر نباید بیایی. مرحوم قاضی می‌فرمودند که منظور ابن فارض این ائمّه هستند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="Arabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> علیک بها صرفاً فاِنْ شِئْتَ مَزَجَها فَعَدْلُکَ عن ظَلمِ، ظَلْمْ یعنی آب دهان، آب دهان حبیب هوُ الظُّلمُ ـ حالا دیگر تفسیرش را آقایان بکنند. که چرا حالا در اینجا ظلم الحبیب آورده و این ها؟ و دیگر این ها بحث خارج می‌شویم درست است؟ ـ این ابن فارض می‌گوید چی؟ می‌گوید در وهلۀ اول فقط ذات را داشته باش همان که آقای حدّاد می‌گویند توحید صِرْف، مثل سُنّی های متعصّب بقول مرحوم قاضی، هیچی حالیش نیست! غیر از توحید هیچی نمی‌داند.</w:t>
+        <w:t xml:space="preserve"> علیک بها صرفاً فاِنْ شِئْتَ مَزَجَها فَعَدْلُکَ عن ظَلمِ، ظَلْمْ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> یعنی آب دهان، آب دهان حبیب هوُ الظُّلمُ ـ حالا دیگر تفسیرش را آقایان بکنند. که چرا حالا در اینجا ظلم الحبیب آورده و این ها؟ و دیگر این ها بحث خارج می‌شویم درست است؟ ـ این ابن فارض می‌گوید چی؟ می‌گوید در وهلۀ اول فقط ذات را داشته باش همان که آقای حدّاد می‌گویند توحید صِرْف، مثل سُنّی های متعصّب بقول مرحوم قاضی، هیچی حالیش نیست! غیر از توحید هیچی نمی‌داند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> وَ اِنْ شِئْتَ مَزجِها خب حالا آن را نه، آن بعضی‌ها اینطور هستند، بعضی‌ها. حداقل از این تعیّن که امام علیه السّلام است از این دیگر پایین‌تر نیا. فقط جمیع مسائل را منحصر در امام بکن نه اینکه دیگر بروی سراغ بقیّۀ کثرات. زید، عمرو، این، آن بالا پایین استاد فلان اینا کی هستند؟ فقط امام علیه السّلام و بس. اگر از امام دیگر بخواهی تنازل بکنی دیگر به خودت ظلم کردی. دیگر خسران برای تو حاصل شده.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> خب نمی‌دانیم دیگر ان شاءاللّه این فقره را هم تا اینجا ما تمام کنیم. می‌خواستیم راجع به فقرات دیگر که می‌رود برای ـ اگر خدا توفیقی داد ـ شب های دیگر. حالا ما هم از خدا این را می‌خواهم: خدایا در این ماه مبارک رمضان بر ما تفضّل کن و آنچه را که آن اولیاء خاص ـ حالا که قرار است او اجابت کند چرا ما کم بگذاریم؟ هان؟ قرار است آن درست کند دیگر؟ ـ خدایا همان علیک بها صرفاً را بما بده. که آن مورد نظر آن ها هم هست.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهم صل علی محمد و آل محمد</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00FF2A7F">
+    <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="first" r:id="rId7"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="0" w:footer="289" w:gutter="0"/>
+      <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
-        <w:col w:w="8277" w:space="708"/>
+        <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Anvar">
-    <w:panose1 w:val="02000400000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002007" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
+    <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_Quraan">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="f anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -930,61 +1088,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="16" name="_x0000_i0016" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0016" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
@@ -1020,58 +1178,58 @@
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">مثنوی معنوی، دفتر اول، بخش ١٤٢:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="FootnoteText"/>
+        <w:pStyle w:val="She'rPavaraghi"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">داند و خر را همی راند خموش        در رخت خندان برای روی پوش</w:t>
+        <w:t xml:space="preserve">داند و خر را همی راند خموش *** در رخت خندان برای روی پوش</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">دیوان ابن فارض، ص ١٨٤.</w:t>
       </w:r>
     </w:p>
@@ -5187,56 +5345,55 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundFooter/>
   <w:bordersDoNotSurroundHeader/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="0" w:directFormattingOnParagraphs="0" w:directFormattingOnRuns="0" w:directFormattingOnTables="0" w:headingStyles="1" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="1" w:tableStyles="0" w:top3HeadingStyles="0" w:visibleStyles="0"/>
   <w:doNotTrackMoves/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:pos w:val="pageBottom"/>
     <w:numFmt w:val="decimal"/>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:lMargin m:val="0"/>
@@ -5252,51 +5409,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
@@ -5521,51 +5678,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Book Title" w:uiPriority="39"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E8177B"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="6804"/>
       </w:tabs>
       <w:bidi/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
@@ -6340,51 +6497,51 @@
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalA++">
     <w:name w:val="NormalA ++"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NormalA++Char">
     <w:name w:val="NormalA ++ Char"/>
     <w:locked/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi++">
-    <w:name w:val="Revayat Arabi++"/>
+    <w:name w:val="Revayat Arabi ++"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="auto"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiMatn++">
     <w:name w:val="Revayat Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
@@ -6454,72 +6611,75 @@
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinFarsi++">
     <w:name w:val="Vasat Chin Farsi ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiMatn++">
     <w:name w:val="Ashaar Arabi Matn ++"/>
     <w:basedOn w:val="NormalA++"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiNaghleghol++">
     <w:name w:val="Ashaar Arabi Naghleghol ++"/>
     <w:basedOn w:val="NormalA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiPavaraghi++">
     <w:name w:val="Ashaar Arabi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteTextA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00E8177B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6(-)">
     <w:name w:val="Heading 6 (-)"/>
     <w:basedOn w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rPr>
       <w:sz w:val="16"/>
@@ -6729,62 +6889,64 @@
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiMatn++">
     <w:name w:val="Ashaar Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiNaghleghol++">
     <w:name w:val="Ashaar Farsi Naghleghol ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiPavaraghi++">
     <w:name w:val="Ashaar Farsi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:next w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
@@ -6844,250 +7006,279 @@
     <w:rsid w:val="009471F6"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Englishpavaraghi++Char">
     <w:name w:val="English pavaraghi ++ Char"/>
     <w:basedOn w:val="EnglishMatn++Char"/>
     <w:rsid w:val="00FF2A7F"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00C9631E"/>
     <w:rPr>
       <w:color w:val="D6D4CA" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MatnVasatChin">
+    <w:name w:val="MatnVasatChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholMatn">
+    <w:name w:val="Naghleghol Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholPavaraghi">
+    <w:name w:val="Naghleghol Pavaraghi"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF098B"/>
+    <w:pPr>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
+    <w:name w:val="Revayat Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DE3DAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rMatn">
     <w:name w:val="She'r Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
-[...12 lines deleted...]
-    <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:bidi="fa-IR"/>
-[...11 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="3366FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rNaghleghol">
     <w:name w:val="She'r Naghleghol"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="666699"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rPavaraghi">
     <w:name w:val="She'r Pavaraghi"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="008080"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SoalMatn">
     <w:name w:val="Soal Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
+    <w:rsid w:val="006A46D0"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="FF00FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
-    <w:name w:val="Revayat Arabi"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Toggle_MS_V1">
+    <w:name w:val="Toggle_MS_V1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A67403"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B4B23" w:themeColor="accent6" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Arabi">
+    <w:name w:val="Arabi"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
-[...42 lines deleted...]
-      <w:lang w:bidi="fa-IR"/>
+    <w:rsid w:val="00E051F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:eastAsia="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Asrar"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinMatn">
     <w:name w:val="VasatChin Matn"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="339966"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinPavaraghi">
-[...1 lines deleted...]
-    <w:basedOn w:val="FootnoteText"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
+    <w:name w:val="ChapChin"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="00FF00"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="54159998">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="79758352">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187329520">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="289478946">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406267228">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407927020">
       <w:marLeft w:val="0"/>
@@ -7164,50 +7355,62 @@
     <w:div w:id="1159494460">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181622686">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200238293">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217547524">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1299339894">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368096135">
       <w:marLeft w:val="0"/>
@@ -7656,120 +7859,120 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amin;Mohammad Reza</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>5</cp:revision>
+  <cp:lastModifiedBy>sadek jomaa</cp:lastModifiedBy>
+  <cp:revision>19</cp:revision>
   <cp:lastPrinted>2018-10-29T19:08:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-09-11T14:02:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-09-11T16:40:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2019-09-22T15:42:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2024-01-15T12:06:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-  <TotalTime>150</TotalTime>
+  <Template>Normal</Template>
+  <TotalTime>2720</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Majmaa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{439561B8-367C-45CB-8F78-76552F388B6B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C03CE746-167E-4C26-9BCD-3378C92DA4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Company>Majmaa</Company>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amin_x003B_Mohammad Reza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>