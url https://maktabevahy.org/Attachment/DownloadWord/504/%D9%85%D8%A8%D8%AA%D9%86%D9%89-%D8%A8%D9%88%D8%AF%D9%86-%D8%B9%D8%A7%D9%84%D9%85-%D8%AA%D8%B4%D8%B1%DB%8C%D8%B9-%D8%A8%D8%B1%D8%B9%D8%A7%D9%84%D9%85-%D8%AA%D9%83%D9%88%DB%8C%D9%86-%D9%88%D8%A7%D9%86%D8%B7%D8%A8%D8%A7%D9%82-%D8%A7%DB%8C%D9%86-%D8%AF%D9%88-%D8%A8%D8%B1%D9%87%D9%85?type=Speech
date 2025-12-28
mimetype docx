--- v0 (2025-11-08)
+++ v1 (2025-12-28)
@@ -13,171 +13,292 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هوالعليم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">مبتنى بودن عالم تشریع برعالم تكوین وانطباق این دو برهم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی - رمضان المبارک 1419 - مجلس یازدهم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بیانات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حضرت آیت‌اللَه حاج سید محمدمحسن حسینی طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدس‌الله‌سرّه</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">أعوذُ بِالله مِنَ الشَّیطانِ الرَّجیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ الله الرَّحمَنِ الرَّحیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلَّی‏ اللهُ عَلَی سیّدنا و نبیّنا أبی‌القاسم مُحَمّدٍ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و علی آله الطّیبین الطّاهرین و اللعنة عَلَی أعدائِهِم أجمَعینَ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">الْحَمُدللّهِ الَّذی وَکَلَنی اِلَیْهِ فَاْکْرَمَنی و لم یکِلنی الی الناس فیهینونی والْحَمْدُلِلّهِ الَّذی تَحَبَّبَ اِلَیَّ و هُو غَنِیٌ عَنّی</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">حَمْد مختص خداوندیست که مرا به خودش متّصل گردانید. متوکّل گردانید موکول به خودش کرد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (وَکَلَ یَکِلُ) به معنای اِتِّجاه است به معنای اتّکاء است به معنای اتّصال است تقریباً معنای جامع بین همۀ این‌ها معنای وکول و ایکال است.</w:t>
       </w:r>
@@ -191,64 +312,66 @@
         </w:rPr>
         <w:t xml:space="preserve"> و مرا به مردم موکول نکرد تا اینکه مردم به من اهانت کنند مرا پست گردانند ذلیل گردانند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> اَهانَهُ یعنی او را به حساب نیاوردن پست و خوار شمردن معنای اهانت است می‌گوید که آقا چرا به من اهانت می‌کنی؟ یعنی چرا مرا پست به حساب میاری؟ حساب رو من باز نمی‌کنی؟ با من اینطور صحبت می‌کنی؟ ما را در ردیف حیوانات [قرار می‌دهید؟] این معنای اهانت است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> خب این </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">«وَ الْحَمُدللّهِ الَّذی وَکَلَنی اِلَیْهِ فَاْکْرَمَنی» </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">در اینجا از دو نقطۀ نظر تشریع و تکوین حضرت سجّاد مطلب را می‌‌فرماید از دو جنبۀ تربیت و تکوین، از نقطۀ نظر تکوین که خب </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">«اَزِمَّة الأُمُور طُرّاً بِه یَدِهِ وَالکُلُّ مُسْتَمِدَّة مِنْ مَدَدِه» </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و سرنخ همۀ قضایا و مسائل به مشیّت او برمی‌گردد این از نقطۀ نظر تکوین، که مبدأ فیض آنْ لطف و عنایت خداوند و قضاء کلّی به صورت مقادیر جزئیّه در عالم، مبدأش ارادۀ اوست و هرچه که در این عالم تحقّق پیدا می‌کند بالأخره به آن ختم می‌شود این یک مسئلۀ تکوین است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> براساس این مسئله‌ی تکوین خداوند متعال بنای تشریع را گذاشته است بنای تشریع براساس تکوین است فرض کنید که من باب مثال از اینجا شما می‌خواهید حرکت کنید بروید به سمت یک منطقه‌ای که اون منطقه در ارتفاع است در کوهستانی قرار دارد. کدام مناطق؟ فرض کنید که حالا بگوییم ارتفاعات خیلی بالا، یاسوج است؟ کجاست؟ اصفهان است؟ شما نرفتید؟ رفتید که. ما نرفتیم. شما [که رفتید!]. که می‌گویند خیلی باید با ماشین خلاصه به آهستگی حرکت می [کرد] فشار بهش می‌آید و می‌رود اون بالا، خب این رفتن اونجا یک جنبۀ تکوینی دارد حرکت یک جنبۀ تکوینی دارد راننده‌ای که می‌خواهد حرکت کند باید رعایت این وسیلۀ نقلیّه‌اش، قدرت موتور، تعداد مسافرین نوع لاستیکی که برای این راه مناسب است، همه را در نظر بگیرد و بعد راه بیفتد اینو ما می‌گوییم تشریع، تشریع یعنی رعایت قوانین و مسائلی که ما را به آن تکوین برساند حالا اگر ما بخواهیم در یه همچین منطقه‌ی اَزْنا فرض کنید که در خیلی بالا هست در ارتفاعات است و بعد هم برف و یخ و فلان و این حرف‌ها در زمستان می‌آید، برمی‌داریم یه ماشینی که اسمش چی؟ چی بگوییم؟ از ماشین‌هایی که هیچ زور ندارند الآن چیه؟ جواب: پیکان! پیکان است! خب بله! یه ماشینی رو قرار بدهیم و بعد هم ده‌تا آدم توش باشند هر کدام صد کیلو خب این که همینطورش راه نمی‌افتد چطور می‌تواند خودش را به آن بالا برساند؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
@@ -412,98 +535,101 @@
         </w:rPr>
         <w:t xml:space="preserve"> رعایت پدر و مادر بعد از عبادت خدا از أهم مسائل است چرا؟ چون در نظام تکوین انسان، پدر و مادر مؤثرند. اگر پدری بر بچه‌اش سخط کند راه بچه بسته می‌شود اگر مادری از بچه ناراضی باشد راه بچه بسته می‌شود چرا؟ چون این‌ها در سلسله تکوین انسان موثراند البته ناراضی، ناراضی واقعی نه اینکه ناراضی از روی خطا، نه آن چیز نیست چون ممکن است براساس فکر اشتباه و فکر غلط حالا یک مادری از بچه‌اش ناراضی باشد نه! اون..... مرحوم آقا سید احمد کربلایی هم خیلی با مادرش مسائلی داشت و فلان و حرف‌ها. خداوند در قرآن کریم احترام و رعایت پدر و مادر را در جنب مسائل خودش قرار داده چرا؟ چون در سلسله تکوین این‌ها هستند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و این دین، دین حق است. دین حق و دین کامل اون دینی است که نه اینکه فقط یک جا را در نظر بگیرد دیگه لگد به این و به آن بزند، برود جلو و آن بالایی را در نظر نگیرد. این دین نیست این دینی است که می‌گوید در عین اینکه هدف و مقصدت اون است این‌ها را در راستای آن هدف باید حقشان را ادا کنید اگر نکردی حق مرا ادا نکردی این باید در نظرت باشد مقصد باید در نظر باشد هدف باید در نظر باشد ولی غفلت از این، غفلت از آن هدف است این معنا معنای دین کامل است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ملائکه مقرب این‌ها همه در سلسله‌ی طولی هستند می‌بینیم در نماز چیه؟ اسمشان را می‌آوریم پیغمبر اکرم در سلسله‌ی طولیه است شما می‌بینید در نماز اسمشان را می‌آوریم </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">أللهم صل علی محمد و آل محمد</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> این یعنی چیه؟ این عنایت به اولین مرتبه‌ی فیض پروردگار است که از وجود مقدس آن حضرت آمده و آل او که این‌ها مراتب فیض هستند باید اسمشان آورده بشود اسم ملائکه باید بیاید. عباد الله الصالحین، این‌هایی که در سلسله‌ی طولیه نفوسشان موثر است در تربیت انسان، در تزکیه‌ی انسان </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">السلام علینا و علی عباد الله الصالحین </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اسمشون میاید این‌ها همه چیه؟ این‌ها همه باید بیایند. در دعاها اسامی پیغمبران می‌آید این‌ها همه برای چیه؟ سلسله‌ی چیه؟ طولیه است دیگه. ولی در عین حال پیغمبر می‌فرماید که به سه دسته باید احترام کنید یکی به پدر و مادر یکی به استاد و معلم که نسبت به او باید احترام کنید و همچنین به کسی که تو را تربیت می‌کند و این حرف‌ها. باید احترام بشود این برای چیه؟ این برای خاطر این است که این سلسله‌ی تشریع باید با سلسله‌ی تکوین تطبیق کند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> در خیلی از جاها و خیلی از موارد که ما می‌بینیم این نظام تکوین که اتکاء همه‌ی امور به ذات پروردگار هست در این سلسله، خداوند متعال از نقطه‌ی نظر مقام تربیت و تشریع هم، این سلسله را مد نظر قرار داده، منتها فرق بین موحد و غیرموحد این است که او نظر به این سلسله می‌کند و یک حقیقت را مد نظر قرار می‌دهد، غیرموحد نظر به این‌ها می‌کند و استقلال به این‌ها می‌دهد، این فرق است. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">حضرت سجاد در این جا می‌فرماید </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">الحمد الله لذی وکلنی الیه فاکرمنی </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">از نقطه‌ی نظر سلسله‌ی تکوین، خدا بندگانش را به خودش موکول کرده، به خودش موکول کرده و چون او مبدأ فیاض است و بیرون از حب و بغض است بیرون از نفسانیات و هوا و نفع طلبی و خود محوری و امثال ذالک است حالا که این طور است وقتی که به خودش موکول کند پس این زیبنده‌ی اکرام هم هست دیگه، اون هم اکرام می‌کند اما افراد دیگه این‌ها دستخوش چی‌اند؟ نوسانات‌اند حب و بغض‌اند خود محوری و امثال ذالک هستند گاهی می‌دهند گاهی نمی‌دهند گاهی اکرام می‌کنند گاهی نمی‌کنند سرشان خلوت باشد می‌گویند بیا تو، سرشان شلوغ باشد باید یک ماه نوبت گرفت مردم اینطوری‌اند دیگه، تا دیروز بهش سلام نمی‌خواستی بکنی چون اصلاً به حساب نمی‌آید حالا یک ماه آدم را پشت در نگه می‌دارد این‌ها چیه؟ یُهینونی. این‌ها اهانت می‌کنند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> حالا اگر انسان به غیر متکی باشد اتکاء به غیر کند توکل به غیر کند این چیه؟ ُیهینونی، این مردم اینطوراند حالا که اینطور هست چرا انسان به جای اتکاء به یکی بخواهد به دیگران اعتماد کند؟ آن دیگرانی که تا وقتی نفعشان هست دور و بر آدم‌اند همین که نفعشان نیست اصلاً خبر از انسان نمی‌گیرند! فایده ندارد دیگه! آدم دنبال یکی برود که همیشه از آدم خبر بگیرد، نه اینکه هر وقت گرسنه‌اش باشد بیاد در را بزند نه اینکه هر وقت نیاز دارد پاشه بیاد. آدم دنبال یه کسی را بگیرد که در سیری و گرسنگی اون حواسش به انسان باشد، در حال فشار و در حال وسعت اون به انسان عطوفت دارد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
@@ -534,163 +660,173 @@
         </w:rPr>
         <w:t xml:space="preserve"> ما امشب قصد نداشتیم دیگه حالم چیز بود.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">دیگه آمدیم در اینجا، الحمد الله مدد رفقا ما را راه انداخت و این عبارت هم با زبان اخرس مثل منی، معنا و مبیّن نخواهد شد، خاطرتان جمع، کلام امام سجاد را خود امام سجاد باید تفسیر کند و ما بیاییم یک معنا و ترجمه تحت الفظی بخواهیم بکنیم این غیر از شرمندگی و آبروریزی برای ما هیچ نتیجه‌ی دیگری ندارد. لذا به همین مقدار، ادامه‌اش دیگه شاید میسور نباشد لذا دعای ابوحمزه را در همین جا برای امسال.... نمی‌دانیم اگر به همین کیفیت خدا بخواهد به ما توفیق بدهد دعای ابی حمزه را بخواهیم معنا کنیم من خیال می‌کنم که دیگه شاید ١٠٠ یا ١٥٠ سالی طول بکشد یا بیشتر، دیگه واقعاً هرچه فکر می‌کنیم می‌بینیم که عمق کلمات آن‌ها به یک نحوی است که هرچه بخواهیم غوص کنیم مثل غریقی که دارد در حوض خودش دست و پا می‌زند و به هیچ جا راهی پیدا نمی‌کند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> امیدواریم خداوند متعال به برکت آن نفوس قدسیه که آن‌ها رفتند و رسیدند و این معانی را لمس کردند و چشیدند و به این معانی متحقق شدند و جزء ذات آن‌ها شد بلکه ذات آن‌ها شد. خداوند دست ما را هم بگیرد و دست ما را کوتاه نکند و در دنیا و آخرت ما را از شفاعتشان محروم نکند و از آن چشمه‌ای که آن‌ها سیراب شدند به ما هم جرعه‌ای بچشاند.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهم صل علی محمد و آل محمد</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00FF2A7F">
+    <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="first" r:id="rId7"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="0" w:footer="289" w:gutter="0"/>
+      <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
-        <w:col w:w="8277" w:space="708"/>
+        <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Anvar">
-    <w:panose1 w:val="02000400000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002007" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
+    <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_Quraan">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="f anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -951,61 +1087,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="3" name="_x0000_i0003" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0003" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
@@ -5173,56 +5309,55 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundFooter/>
   <w:bordersDoNotSurroundHeader/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="0" w:directFormattingOnParagraphs="0" w:directFormattingOnRuns="0" w:directFormattingOnTables="0" w:headingStyles="1" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="1" w:tableStyles="0" w:top3HeadingStyles="0" w:visibleStyles="0"/>
   <w:doNotTrackMoves/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:pos w:val="pageBottom"/>
     <w:numFmt w:val="decimal"/>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:lMargin m:val="0"/>
@@ -5238,51 +5373,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
@@ -5507,51 +5642,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Book Title" w:uiPriority="39"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E8177B"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="6804"/>
       </w:tabs>
       <w:bidi/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
@@ -6326,51 +6461,51 @@
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalA++">
     <w:name w:val="NormalA ++"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NormalA++Char">
     <w:name w:val="NormalA ++ Char"/>
     <w:locked/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi++">
-    <w:name w:val="Revayat Arabi++"/>
+    <w:name w:val="Revayat Arabi ++"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="auto"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiMatn++">
     <w:name w:val="Revayat Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
@@ -6440,72 +6575,75 @@
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinFarsi++">
     <w:name w:val="Vasat Chin Farsi ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiMatn++">
     <w:name w:val="Ashaar Arabi Matn ++"/>
     <w:basedOn w:val="NormalA++"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiNaghleghol++">
     <w:name w:val="Ashaar Arabi Naghleghol ++"/>
     <w:basedOn w:val="NormalA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiPavaraghi++">
     <w:name w:val="Ashaar Arabi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteTextA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00E8177B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6(-)">
     <w:name w:val="Heading 6 (-)"/>
     <w:basedOn w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rPr>
       <w:sz w:val="16"/>
@@ -6715,62 +6853,64 @@
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiMatn++">
     <w:name w:val="Ashaar Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiNaghleghol++">
     <w:name w:val="Ashaar Farsi Naghleghol ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiPavaraghi++">
     <w:name w:val="Ashaar Farsi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:next w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
@@ -6830,250 +6970,279 @@
     <w:rsid w:val="009471F6"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Englishpavaraghi++Char">
     <w:name w:val="English pavaraghi ++ Char"/>
     <w:basedOn w:val="EnglishMatn++Char"/>
     <w:rsid w:val="00FF2A7F"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00C9631E"/>
     <w:rPr>
       <w:color w:val="D6D4CA" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MatnVasatChin">
+    <w:name w:val="MatnVasatChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholMatn">
+    <w:name w:val="Naghleghol Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholPavaraghi">
+    <w:name w:val="Naghleghol Pavaraghi"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF098B"/>
+    <w:pPr>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
+    <w:name w:val="Revayat Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DE3DAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rMatn">
     <w:name w:val="She'r Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
-[...12 lines deleted...]
-    <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:bidi="fa-IR"/>
-[...11 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="3366FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rNaghleghol">
     <w:name w:val="She'r Naghleghol"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="666699"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rPavaraghi">
     <w:name w:val="She'r Pavaraghi"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="008080"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SoalMatn">
     <w:name w:val="Soal Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
+    <w:rsid w:val="006A46D0"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="FF00FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
-    <w:name w:val="Revayat Arabi"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Toggle_MS_V1">
+    <w:name w:val="Toggle_MS_V1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A67403"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B4B23" w:themeColor="accent6" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Arabi">
+    <w:name w:val="Arabi"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
-[...42 lines deleted...]
-      <w:lang w:bidi="fa-IR"/>
+    <w:rsid w:val="00E051F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:eastAsia="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Asrar"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinMatn">
     <w:name w:val="VasatChin Matn"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="339966"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinPavaraghi">
-[...1 lines deleted...]
-    <w:basedOn w:val="FootnoteText"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
+    <w:name w:val="ChapChin"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="00FF00"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="54159998">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="79758352">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187329520">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="289478946">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406267228">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407927020">
       <w:marLeft w:val="0"/>
@@ -7150,50 +7319,62 @@
     <w:div w:id="1159494460">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181622686">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200238293">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217547524">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1299339894">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368096135">
       <w:marLeft w:val="0"/>
@@ -7642,120 +7823,120 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amin;Mohammad Reza</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>5</cp:revision>
+  <cp:lastModifiedBy>sadek jomaa</cp:lastModifiedBy>
+  <cp:revision>19</cp:revision>
   <cp:lastPrinted>2018-10-29T19:08:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-09-11T14:02:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-09-11T16:40:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2019-09-22T15:42:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2024-01-15T12:06:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-  <TotalTime>150</TotalTime>
+  <Template>Normal</Template>
+  <TotalTime>2720</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Majmaa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{439561B8-367C-45CB-8F78-76552F388B6B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C03CE746-167E-4C26-9BCD-3378C92DA4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Company>Majmaa</Company>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amin_x003B_Mohammad Reza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>