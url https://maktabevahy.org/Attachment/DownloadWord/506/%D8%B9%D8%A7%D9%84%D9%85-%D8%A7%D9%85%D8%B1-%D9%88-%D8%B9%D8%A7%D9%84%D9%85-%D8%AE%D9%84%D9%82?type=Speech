--- v0 (2025-10-25)
+++ v1 (2026-02-04)
@@ -12,171 +12,292 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هوالعليم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">عالم امر و عالم خلق</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی - رمضان المبارک 1420 - مجلس دوم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بیانات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حضرت آیت‌اللَه حاج سید محمدمحسن حسینی طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدس‌الله‌سرّه</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">أعوذُ بِالله مِنَ الشَّیطانِ الرَّجیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ الله الرَّحمَنِ الرَّحیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلَّی‏ اللهُ عَلَی سیّدنا و نبیّنا أبی‌القاسم مُحَمّدٍ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و علی آله الطّیبین الطّاهرین و اللعنة عَلَی أعدائِهِم أجمَعینَ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">الحمدلله الذي ادعوه فيجيبني و ان كنت بطیئاً حين يدعوني.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> حمد مختص پروردگاري است كه هر گاه او را بخوانم او اجابت مرا مي‌كند هر گاه از او طلب ملاقات كنم او دعوت ملاقات ما را مي‌پذيرد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> عرض شد كه اين جهت حمد و اختصاص حمد به پروردگار يكي به جهت دوام موقعيت اجابه است هيچ حد و حصري ندارد در حال طهارت اگر انسان خدا را بخواند اجابت مي‌كند در حال حدث اگر انسان خدا را بخواند اجابت مي‌كند حتي اگر انسان نتواند تحصيل طهارت كند، در موقع نماز واجب است نماز بخواند منتهي بعد قضاي نمازش را دوباره با طهارت به جا بياورد. اگر جراحتي به بدن دارد اين جراحت مزاحم براي دعوت انسان و اجابت او نيست. خب گرچه انسان بايد رفع كند جراحت را، اما اگر نتواند اشكال ندارد. اگر انسان جراحت دارد مي‌گويند وضو نگير با تيمم باش، مي‌تواني وضوي جبيره بگيري. وضوي جبيره اين است كه انسان يك ستاري چيزي پارچه اي مي‌اندازد روي محل جراحت بعد وضو مي‌گيرد. حتي اگر يك قدري مشكل است قاعدة عسر و حرج مي‌آيد و اين وضوي جبيره را هم برمي‌دارد، مشكل است. شخصي است صورتش جراحت دارد احتمال مي‌دهد حالا [آب] وضو برسد.... يا حالا علي اي حال يك قدري مشكل است فوراً خدا مي‌گويد نه برو تيمم كن چرا معطل وضو هستي؟ چرا مي‌خواهي به خودت زحمت بدهي؟ من همين دم دست تو هستم نياز نيست اين قدر بخواهي به خودت زحمت بدهي و بروي خودت را به مشقت و كلفت بياندازي. بله؟ خيلي راحت خيلي راحت.</w:t>
       </w:r>
@@ -390,158 +511,168 @@
         </w:rPr>
         <w:t xml:space="preserve"> اين است آقاجان. مي‌دانيد شما چرا داريد مي‌خنديد؟ به خاطر اين است كه واقعيت دارد اگر نه شما هم نمي‌خنديد مرا تأييد نمي‌كرديد. اين زن اين بچه اين شوهر، اينها چيست؟ الان شما برويد در اين دادگاههاي خانواده ببينيد روزي چند نفر براي طلاق مراجعه مي‌كنند؟ آيا آنهايي كه براي طلاق مراجعه مي‌كنند آن روزي كه با هم رفيق شدند اين حال را داشتند؟ با اين حال بودند يا اين كه نه؟ اصلا اگر با این حال بودند با هم ازدواج نمي‌كردند. اينها مال چيست؟ مال اين است كه تمام اينها بر اساس تخيلات است. هم محبت‌ها تخيلات است هم دشمني‌ها تخيلات است هم دوستي‌ها تخيلات است، همه آنها. واقعيت چيست؟ واقعيت چيز ديگر است كه حالا امشب نمي‌رسيم بگوييم كه دوستي بايد بر چه اساسي باشد؟ اينهايي كه از همه به ما نزديكتر هستند يك روزي مي‌آيند و يك روزي هم مي‌روند. ادعوه فيجيبني نيست، ما هر وقتي آنها را بخواهيم اجابت كنند، نه! تا وقتي كه در راستاي منافع ايشان حركت مي‌كنيم يجيبنا تا وقتي كه نه لاتجيبنا. اينها اين است قضيه. شريك انسان تا وقتي انسان حقوقش را بدهد و اضافه بدهد، اين چه شريك خوبي است! لنگه ندارد! در بازار مانند ندارد! كارش فلان است! اما همين كه بيايد يك خورده سفت كند مو را از ماست بكشد، اي آقا اين چقدر خسيس است! چقدر بخيل است! اين چقدر فلان است! كم كم مي‌گويند آقا اين به درد شراكت نمي‌خورد و جدا مي‌شوند و مي‌روند. بابا ما بيست سال با هم شريك بوديم! نه. همسایۀ انسان، رفيق انسان. هان!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> الحمدلله ما يكي اين قضيه را خوب فهميديم، اگر كسي نفهميده من خوب فهميدم، خيلي خوب. كي براي آدم مي‌ماند؟ آن وقت اينها كساني هستندكه ندعوهم فيجيبونا؟ ما آنها را بخوانيم اجابت كنند؟ نه! آن طوري نيست قضيه. لذا در همان موقعي هم كه انسان با آنها گرم است و صميمي‌است بايد حواستش جمع باشد، مقطعي فكر نكند. اين جا است كه مرحوم آقا مي‌فرمودند و آقاي حداد كه سالك نبايد دنيا او را از آن محور به اين سمت و آن سمت انحراف و انصرافش بدهد، اين معنا است. آنها به آخر قضيه فكر مي‌كنند، آنها به آخر خط فكر مي‌كنند، چرا از اول انسان تمام وجودش را بگذارد كه بعد خلاف توقعش بشود؟ چرا؟ نه يك مقداري هم براي خودش نگه دارد، يك مقداري هم به طرف ديگر سوق بدهد، يك مقداري هم...!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> مسئله هم خيلي زياد است حالا امشب ديگر در اين مسائل فكر كنيد تا انشاءالله براي فردا شب اگر خداوند توفيق داد مسائل بيشتري [بیان می‌کنیم.] خداوند انشاءآلله اين محبت‌ها و تعلق‌های مجازي را به تعلق ومحبت واقعيِ خودش مبدل كند.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهم صل علی محمد و آل محمد </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00FF2A7F">
+    <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId4"/>
       <w:footerReference w:type="default" r:id="rId5"/>
       <w:footerReference w:type="first" r:id="rId6"/>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="0" w:footer="289" w:gutter="0"/>
+      <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
-        <w:col w:w="8277" w:space="708"/>
+        <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Anvar">
-    <w:panose1 w:val="02000400000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002007" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
+    <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_Quraan">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="f anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -802,61 +933,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="4" name="_x0000_i0004" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0004" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
@@ -4974,56 +5105,55 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundFooter/>
   <w:bordersDoNotSurroundHeader/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="0" w:directFormattingOnParagraphs="0" w:directFormattingOnRuns="0" w:directFormattingOnTables="0" w:headingStyles="1" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="1" w:tableStyles="0" w:top3HeadingStyles="0" w:visibleStyles="0"/>
   <w:doNotTrackMoves/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:preSp m:val="0"/>
     <m:postSp m:val="0"/>
     <m:interSp m:val="0"/>
     <m:intraSp m:val="0"/>
     <m:wrapIndent m:val="1440"/>
@@ -5032,51 +5162,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
@@ -5301,51 +5431,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Book Title" w:uiPriority="39"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E8177B"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="6804"/>
       </w:tabs>
       <w:bidi/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
@@ -6120,51 +6250,51 @@
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalA++">
     <w:name w:val="NormalA ++"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NormalA++Char">
     <w:name w:val="NormalA ++ Char"/>
     <w:locked/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi++">
-    <w:name w:val="Revayat Arabi++"/>
+    <w:name w:val="Revayat Arabi ++"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="auto"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiMatn++">
     <w:name w:val="Revayat Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
@@ -6234,72 +6364,75 @@
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinFarsi++">
     <w:name w:val="Vasat Chin Farsi ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiMatn++">
     <w:name w:val="Ashaar Arabi Matn ++"/>
     <w:basedOn w:val="NormalA++"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiNaghleghol++">
     <w:name w:val="Ashaar Arabi Naghleghol ++"/>
     <w:basedOn w:val="NormalA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiPavaraghi++">
     <w:name w:val="Ashaar Arabi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteTextA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00E8177B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6(-)">
     <w:name w:val="Heading 6 (-)"/>
     <w:basedOn w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rPr>
       <w:sz w:val="16"/>
@@ -6509,62 +6642,64 @@
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiMatn++">
     <w:name w:val="Ashaar Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiNaghleghol++">
     <w:name w:val="Ashaar Farsi Naghleghol ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiPavaraghi++">
     <w:name w:val="Ashaar Farsi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:next w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
@@ -6624,250 +6759,279 @@
     <w:rsid w:val="009471F6"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Englishpavaraghi++Char">
     <w:name w:val="English pavaraghi ++ Char"/>
     <w:basedOn w:val="EnglishMatn++Char"/>
     <w:rsid w:val="00FF2A7F"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00C9631E"/>
     <w:rPr>
       <w:color w:val="D6D4CA" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MatnVasatChin">
+    <w:name w:val="MatnVasatChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholMatn">
+    <w:name w:val="Naghleghol Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholPavaraghi">
+    <w:name w:val="Naghleghol Pavaraghi"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF098B"/>
+    <w:pPr>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
+    <w:name w:val="Revayat Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DE3DAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rMatn">
     <w:name w:val="She'r Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
-[...12 lines deleted...]
-    <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:bidi="fa-IR"/>
-[...11 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="3366FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rNaghleghol">
     <w:name w:val="She'r Naghleghol"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="666699"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rPavaraghi">
     <w:name w:val="She'r Pavaraghi"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="008080"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SoalMatn">
     <w:name w:val="Soal Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
+    <w:rsid w:val="006A46D0"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="FF00FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
-    <w:name w:val="Revayat Arabi"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Toggle_MS_V1">
+    <w:name w:val="Toggle_MS_V1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A67403"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B4B23" w:themeColor="accent6" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Arabi">
+    <w:name w:val="Arabi"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
-[...42 lines deleted...]
-      <w:lang w:bidi="fa-IR"/>
+    <w:rsid w:val="00E051F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:eastAsia="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Asrar"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinMatn">
     <w:name w:val="VasatChin Matn"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="339966"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinPavaraghi">
-[...1 lines deleted...]
-    <w:basedOn w:val="FootnoteText"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
+    <w:name w:val="ChapChin"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="00FF00"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="54159998">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="79758352">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187329520">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="289478946">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406267228">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407927020">
       <w:marLeft w:val="0"/>
@@ -6944,50 +7108,62 @@
     <w:div w:id="1159494460">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181622686">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200238293">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217547524">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1299339894">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368096135">
       <w:marLeft w:val="0"/>
@@ -7436,120 +7612,120 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amin;Mohammad Reza</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>5</cp:revision>
+  <cp:lastModifiedBy>sadek jomaa</cp:lastModifiedBy>
+  <cp:revision>19</cp:revision>
   <cp:lastPrinted>2018-10-29T19:08:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-09-11T14:02:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-09-11T16:40:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2019-09-22T15:42:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2024-01-15T12:06:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-  <TotalTime>150</TotalTime>
+  <Template>Normal</Template>
+  <TotalTime>2720</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Majmaa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{439561B8-367C-45CB-8F78-76552F388B6B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C03CE746-167E-4C26-9BCD-3378C92DA4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Company>Majmaa</Company>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amin_x003B_Mohammad Reza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>