--- v0 (2025-10-23)
+++ v1 (2026-02-04)
@@ -12,171 +12,292 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هوالعليم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">محوریّت حق و توحید پایه و اساس ارتباطات و جهت گیری ها</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی - رمضان المبارک 1420 - مجلس سوم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بیانات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حضرت آیت‌اللَه حاج سید محمدمحسن حسینی طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدس‌الله‌سرّه</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">أعوذُ بِالله مِنَ الشَّیطانِ الرَّجیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ الله الرَّحمَنِ الرَّحیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلَّی‏ اللهُ عَلَی سیّدنا و نبیّنا أبی‌القاسم مُحَمّدٍ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و علی آله الطّیبین الطّاهرین و اللعنة عَلَی أعدائِهِم أجمَعینَ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">الحمد لله الذّي ادعوهُ فيجبيني و ان كنت بطيئا حین يدعوني و الحمدلله الذي اسئلُهُ فيُعطيني و ان كنت بخيلا حين يستقرضني.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">حمد اختصاص به پروردگاري دارد كه هر گاه او را بخوانم او مرا اجابت مي‌كند و هرگاه او مرا بخواند من كوتاهي و سستي مي‌كنم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ديشب عرض شد يكي از جهاتي كه در اين فقره به نظر ميرسد مسألۀ دوام حضور و تعلّق و ربط انسان با پروردگار است كه اين مسألۀ دوام تعلق و ربط در غير از پروردگار وجود ندارد. تعلق هاي دنيوي كه بر اساس معيارها و ملاك هاي اهويه و آراء دنياي دني استوار است اينها در بعضي اوقات موجود و در بعضي از اوقات منتفي است، مقطعي است، دوام ندارد. تعلق هائي كه بر اساس روابط مادّي است يك روز هست يك روز نيست. تعلق هائي كه بر اساس داد و ستد مادّي و نفع شخصي است يك روز هست يك روز نيست. تعلق هائي كه بر اساس ارتباطات داخلي و علائق خانوادگي است يك روز هست و روز ديگر نيست، يك روز با هم گرمند، منافعشان اقتضاء مي‌كند با هم باشند، گرم باشند. و وقتي كه آن منافع حاصل شد و ضرورتي را در استمرار آن تعلق نمي‌بينند آن علائق منفسخ مي‌شود آن علائق قطع مي‌شود.</w:t>
       </w:r>
@@ -448,64 +569,66 @@
         </w:rPr>
         <w:t xml:space="preserve">﴿الزخرف‏، ٦٧﴾ اگر انسان ارتباط خودش را در اين دنيا با افراد بر اساس توحيد قرار بدهد بر اساس عقيده قرار بدهد بر اساس اشتراك در مسير قرار بدهد اين مسأله براي او مفيد است ولو يك روز، يعني و ولو يك روز با يك شخص بر اساس توحيد ارتباط دارد آن يك روز براي او مفيد است گر چه روز بعد تغيير و تحوّل پيدا بشود و اگر او هم متقابلاً باشد اين چيست؟ دوام پيدا مي‌كند. يعني اگر انسان با يك شخص بر اساس مسألۀ اشتراك در مسير و آن شخص هم متقابلاً با انسان بر اساس اشتراك در مسير باشد اين محبّت و اين انس دوام پيدا مي‌كند و الاّ چه؟ نه، و انسان هم هيچوقت مغبون نيست يعني اگر فرض كنيد كه دو سال بعد، سه سال بعد اختلافي پيدا شد تغيير و تحوّلي پيدا شد و روابط سرد شد حالا به هر عللي بالأخره انسان كه نمي‌تواند، انسان مغبون نيست، خيلي هم خوشحال است كه اين مدّت سه سال اين مدّت دو سال ارتباطات بر اساس چه بوده؟ صحيح بوده، ولي اگر از اول ارتباط بر اساس ارتباط دنيوي باشد بعد از يك عمر انسان مي‌زند روي دستش اي داد بيداد ما را ببين چقدر براي اين كار كرديم! ما چقدر براي اين مايه گذاشتيم! ما چقدر با اين چه كار كرديم! حالا هيچي رفت! اصلاً پشت سرش را هم نگاه نكرد! مي‌خواستي نكني، همين است. اين ارتباط چيست؟ ارتباط اگر ارتباط دنيوي باشد.... آن وقت تمام اين گرفتاريها در دنيا، بزن تو سر همديگر، اين، آن، همه‌اش چيست آقا؟ همه‌اش مال مادي است. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">جنگ هفتاد و دو ملّت همه را عذر بنه   چون نديدند حقيقت ره افساه زدندوقتي كه به حقيقت توحيد نرسيدند، آن مسألۀ توحيد را مدّ نظر قرار ندادند وجهۀ براي اَعمال و كارهاي خودشان قرار ندادند او را قبله و اسوۀ براي برنامه‌هاي زندگي قرار ندادند، افتادند توي مسائل، ديگر انواعش تفاوت دارد، رياسات و بگير و ببند و بالا و پايين و مسائل عقيدتي و آن چيزها هم بیاید ضميمه ‌بشود و همين مي‌شود كه داريد مي‌بينيد، همين مي‌شود كه داريد مي‌بينيد. الآن چند تا روزنامه تو اين مملكت دارد پخش مي‌شود؟ يك روز اين روزنامه‌ها و مجلّات را همه را بخريد ببينيد نمي‌دانم شايد يك متر ارتفاع پيدا مي‌كند! اين تو سر آن مي‌زند آن تو سر اين مي‌زند آن مي‌گردد دنبال برود چه كار بكند، خبرنگارشان را مي‌فرستند توي كارخانه‌ها، توي اينور و آنور تا نقطۀ ضعف پيدا بكند بعد مي‌آيند چه كار مي‌كنند؟ بعد مي‌آيند به او مي‌گويند كه يا الله به ما پول بدهيد يا بياييم توي روزنامۀ مان «لو» بدهيم؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> آن وقت همه چيز مي‌شود چه؟ همه چي. آن وقت آيۀ قرآن هم مي‌نويسند بالاي روزنامۀ‌شان </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">الّذين يبلّغون كذا</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">، آن منافقين هم مي‌گفتند كه </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">فضل الله المجاهدين، علي القاعدين أجراً عظيماً</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">. هم آنها تمسك به قرآن مي‌كنند هم ما ها تمسّك مي‌كنيم معلوم نيست آنور كداممان راست مي‌گوييم؟ همه مان مثل هم، صورت ها فرق مي‌كند. دعوا سر چه بود؟ منافقين با بقيّه دعوا سر چه؟ سر قدرت دعوا مي‌كردند ديگر! مي‌گفتند ما باشيم شما نباشيد، خب اينها هم كه همين هستند اينی كه الآن اين به خون آن تشنه هست مال چيست؟ حالا ما اسممان را گذاشتيم منافق، ضد خدا و ضد پيغمبر و راست هم هست خب اينها منافق هستند دين ندارند، اصلاً ايمان ندارند اصلا چيز ندارند ولي بالأخره ته قضيه را كه نگاه بكنيم مي‌‌بينيم دعوا همه سر قدرت است! همه مي‌گويد تو نباش من باشم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">مرحوم والد ـ رضوان الله عليه ـ ايشان مي‌فرمودند وقتي كه حجاب برداشته بشود آن طرف قضيه معلوم مي‌شود كي جلو است كي عقب است؟ اينجا معلوم نيست. اينجا عمامه‌ها جلو، بله! صدر مجلس رديف تا رديف نشسته‌اند ريش‌هاي هر كدامشان....! اما اينكه در آن باطن چه مي‌گذرد و در آن سرّ چه مسائل و چه تصوّرات و چه تخيّلاتي الآن وجود دارد و عبور مي‌كند؟ اينها را كي مي‌داند؟ اينها را خدا مي‌داند و آن كساني که متّصل به او هستند، آنها اطلاع دارند. آن كسانيكه باطن را مي‌شناسند آن كساني كه به حقيقتِ باطن خبر دارند، آنها مي‌شناسند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
@@ -536,158 +659,168 @@
         </w:rPr>
         <w:t xml:space="preserve"> اينجاست كه آيه مي‌فرمايد: الأخلاّء يومئذٍ بعضهم، تمام دوستان در روز قيامت بعضي دشمن بعضي هستند الاّ المتّقين، مگر آنهايي كه اساسشان اساس تقوا است، اساس حركت، اساس زندگي، تمام اينها بر چيست؟ بر اساس تقوا است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ان شاء الله اميدواريم خداوند ما را از زمرۀ آنهايي قرار بدهد كه هنگام رفتن [از] اين دنيا احساس غبن و پشيماني براي ما نباشد. مسأله مهمّ است. المغبون من تساوی یوماه حالا آن كسي كه روز بعدش بدتر از روز قبلش هست او ديگر بماند، المغبون من تساوی، دو روزمان مساوي باشد ما مغبونيم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> امیدواريم ان شاء الله ذيل عنايات ائمه عليهم السّلام با آن نيّت هايي كه امام سجاد با آن نيّت‌ها اين دعاها را گفته، خداوند به بركت همان انفاس قدسيّه گناهان ما [را] ببخشايد و كاستي‌ها و سستي‌ها را به كرم خودش و بذل و توجه اولياء خودش بر ما نديده بگيرد.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللهم صلّ علي محمّد و آل محمّد</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00FF2A7F">
+    <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId4"/>
       <w:footerReference w:type="default" r:id="rId5"/>
       <w:footerReference w:type="first" r:id="rId6"/>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="0" w:footer="289" w:gutter="0"/>
+      <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
-        <w:col w:w="8277" w:space="708"/>
+        <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Anvar">
-    <w:panose1 w:val="02000400000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002007" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
+    <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_Quraan">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="f anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -948,61 +1081,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="58" name="_x0000_i0058" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="2" name="_x0000_i0002" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0058" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0002" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
@@ -5120,56 +5253,55 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundFooter/>
   <w:bordersDoNotSurroundHeader/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="0" w:directFormattingOnParagraphs="0" w:directFormattingOnRuns="0" w:directFormattingOnTables="0" w:headingStyles="1" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="1" w:tableStyles="0" w:top3HeadingStyles="0" w:visibleStyles="0"/>
   <w:doNotTrackMoves/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:preSp m:val="0"/>
     <m:postSp m:val="0"/>
     <m:interSp m:val="0"/>
     <m:intraSp m:val="0"/>
     <m:wrapIndent m:val="1440"/>
@@ -5178,51 +5310,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
@@ -5447,51 +5579,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Book Title" w:uiPriority="39"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E8177B"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="6804"/>
       </w:tabs>
       <w:bidi/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
@@ -6266,51 +6398,51 @@
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalA++">
     <w:name w:val="NormalA ++"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NormalA++Char">
     <w:name w:val="NormalA ++ Char"/>
     <w:locked/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi++">
-    <w:name w:val="Revayat Arabi++"/>
+    <w:name w:val="Revayat Arabi ++"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="auto"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiMatn++">
     <w:name w:val="Revayat Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
@@ -6380,72 +6512,75 @@
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinFarsi++">
     <w:name w:val="Vasat Chin Farsi ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiMatn++">
     <w:name w:val="Ashaar Arabi Matn ++"/>
     <w:basedOn w:val="NormalA++"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiNaghleghol++">
     <w:name w:val="Ashaar Arabi Naghleghol ++"/>
     <w:basedOn w:val="NormalA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiPavaraghi++">
     <w:name w:val="Ashaar Arabi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteTextA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00E8177B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6(-)">
     <w:name w:val="Heading 6 (-)"/>
     <w:basedOn w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rPr>
       <w:sz w:val="16"/>
@@ -6655,62 +6790,64 @@
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiMatn++">
     <w:name w:val="Ashaar Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiNaghleghol++">
     <w:name w:val="Ashaar Farsi Naghleghol ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiPavaraghi++">
     <w:name w:val="Ashaar Farsi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:next w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
@@ -6770,250 +6907,279 @@
     <w:rsid w:val="009471F6"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Englishpavaraghi++Char">
     <w:name w:val="English pavaraghi ++ Char"/>
     <w:basedOn w:val="EnglishMatn++Char"/>
     <w:rsid w:val="00FF2A7F"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00C9631E"/>
     <w:rPr>
       <w:color w:val="D6D4CA" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MatnVasatChin">
+    <w:name w:val="MatnVasatChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholMatn">
+    <w:name w:val="Naghleghol Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholPavaraghi">
+    <w:name w:val="Naghleghol Pavaraghi"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF098B"/>
+    <w:pPr>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
+    <w:name w:val="Revayat Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DE3DAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rMatn">
     <w:name w:val="She'r Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
-[...12 lines deleted...]
-    <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:bidi="fa-IR"/>
-[...11 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="3366FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rNaghleghol">
     <w:name w:val="She'r Naghleghol"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="666699"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rPavaraghi">
     <w:name w:val="She'r Pavaraghi"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="008080"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SoalMatn">
     <w:name w:val="Soal Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
+    <w:rsid w:val="006A46D0"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="FF00FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
-    <w:name w:val="Revayat Arabi"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Toggle_MS_V1">
+    <w:name w:val="Toggle_MS_V1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A67403"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B4B23" w:themeColor="accent6" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Arabi">
+    <w:name w:val="Arabi"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
-[...42 lines deleted...]
-      <w:lang w:bidi="fa-IR"/>
+    <w:rsid w:val="00E051F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:eastAsia="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Asrar"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinMatn">
     <w:name w:val="VasatChin Matn"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="339966"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinPavaraghi">
-[...1 lines deleted...]
-    <w:basedOn w:val="FootnoteText"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
+    <w:name w:val="ChapChin"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="00FF00"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="54159998">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="79758352">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187329520">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="289478946">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406267228">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407927020">
       <w:marLeft w:val="0"/>
@@ -7090,50 +7256,62 @@
     <w:div w:id="1159494460">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181622686">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200238293">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217547524">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1299339894">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368096135">
       <w:marLeft w:val="0"/>
@@ -7582,120 +7760,120 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amin;Mohammad Reza</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>5</cp:revision>
+  <cp:lastModifiedBy>sadek jomaa</cp:lastModifiedBy>
+  <cp:revision>19</cp:revision>
   <cp:lastPrinted>2018-10-29T19:08:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-09-11T14:02:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-09-11T16:40:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2019-09-22T15:42:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2024-01-15T12:06:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-  <TotalTime>150</TotalTime>
+  <Template>Normal</Template>
+  <TotalTime>2720</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Majmaa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{439561B8-367C-45CB-8F78-76552F388B6B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C03CE746-167E-4C26-9BCD-3378C92DA4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Company>Majmaa</Company>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amin_x003B_Mohammad Reza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>