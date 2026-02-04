--- v0 (2025-10-24)
+++ v1 (2026-02-04)
@@ -85,99 +85,99 @@
         </w:rPr>
         <w:t xml:space="preserve">دعوت به راه خدا بر محوریّت حکمت و موعظۀ حسنه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی - رمضان المبارک 1421- مجلس شصت و سوّم</w:t>
+        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی - رمضان المبارک 1421 - مجلس سیزدهم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بیانات</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">حضرت آیة‌اللَه حاج سید محمدمحسن حسینی طهرانی</w:t>
+        <w:t xml:space="preserve">آیت‌اللَه حاج سید محمدمحسن حسینی طهرانی</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">قدس الله سره</w:t>
+        <w:t xml:space="preserve">قدس‌الله‌سره</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
@@ -2455,52 +2455,62 @@
         <w:rPr>
           <w:rStyle w:val="Arabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">أُحِبُّ الصّالحینَ و لَستُ مِنهُم *** لعلَّ الله أن یرزُقَنی الصَّلاحا</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="44"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">امیدواریم خداوند صلاح را روزی ما بگرداند!</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr>
-        <w:pStyle w:val="ChapChin"/>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Arabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللَهمّ صلّ علَی محمّدٍ و آل‌محمّدٍ</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="first" r:id="rId7"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
       <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
         <w:col w:w="8910" w:space="708"/>
       </w:cols>