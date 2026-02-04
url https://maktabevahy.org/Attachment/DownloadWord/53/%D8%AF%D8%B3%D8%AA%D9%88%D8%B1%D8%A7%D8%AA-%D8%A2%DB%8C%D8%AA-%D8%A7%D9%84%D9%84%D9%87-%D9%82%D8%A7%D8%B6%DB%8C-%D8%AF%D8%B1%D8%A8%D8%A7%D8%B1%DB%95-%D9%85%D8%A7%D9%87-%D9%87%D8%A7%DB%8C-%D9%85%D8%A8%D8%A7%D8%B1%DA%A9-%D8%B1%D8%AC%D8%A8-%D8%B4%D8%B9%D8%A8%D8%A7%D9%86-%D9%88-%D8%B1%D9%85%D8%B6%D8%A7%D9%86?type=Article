--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -61,99 +61,87 @@
         </w:rPr>
         <w:t xml:space="preserve">هو العلیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">دستورات آیت‌الحق</w:t>
+        <w:t xml:space="preserve">دستورات آیت‌الله قاضی دربارۀ ماه‌های مبارک رجب، شعبان و رمضان</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">مرحوم سید علی قاضی رضوان‌اللَه‌علیه</w:t>
+        <w:t xml:space="preserve">به همراه توضیحات علامۀ طهرانی رضوان‌الله‌علیهما</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">در ماه‌های رجب، شعبان و رمضان</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">برگرفته از آثار:</w:t>
+        <w:t xml:space="preserve">برگرفته از آثار</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">حضرت علامه آیت‌اللَه حاج سيد محمد‌حسين حسينی طهرانی</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">رضوان‌اللَه‌علیه</w:t>
       </w:r>