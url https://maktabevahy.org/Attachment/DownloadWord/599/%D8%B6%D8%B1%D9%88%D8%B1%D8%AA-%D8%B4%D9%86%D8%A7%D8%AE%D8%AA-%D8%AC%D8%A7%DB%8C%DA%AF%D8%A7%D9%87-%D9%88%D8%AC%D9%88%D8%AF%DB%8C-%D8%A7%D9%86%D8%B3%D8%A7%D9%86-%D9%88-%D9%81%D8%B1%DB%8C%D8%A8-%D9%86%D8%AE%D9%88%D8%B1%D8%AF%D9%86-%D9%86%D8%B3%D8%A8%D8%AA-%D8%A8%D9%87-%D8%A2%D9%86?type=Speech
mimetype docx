--- v0 (2025-10-23)
+++ v1 (2026-02-04)
@@ -13,69 +13,189 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr/>
+      </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هو العليم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">ضرورت شناخت جایگاه وجودی انسان و فریب نخوردن نسبت به آن</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی - رمضان المبارک 1428 - مجلس ششم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بیانات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">آیت‌اللَه حاج سید محمدمحسن حسینی طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدس‌الله‌سره</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinArabi++"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinArabi++"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -134,172 +254,189 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinArabi++"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">ادعوک یا سیّدی بلسان قد اخرسه ذنبه رب اناجیک بقلب قد اوبقه جرمه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ای مولای من، تو را می‌خوانم با زبانی که لایق مخاطبه قرار دادن تو نیست و از خطاب به تو الکن و ناتوان است و با قلبی با تو مناجات می‌کنم راز و نیاز می‌کنم که سزاوار مصاحبت و همنشینی با تو نیست و به واسطه‌ی جرم و جنایتی که بر خود روا داشته موجب حرمان و رفع حیات و ادراک تلقی راز و نیاز با تو را پیدا کرده.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> با یک نظر ابتدایی و اولی این مسئله برای همه‌ی ما روشن است و نیاز به توضیح هم نیست، </w:t>
+        <w:t xml:space="preserve"> با یک نظر ابتدایی و اولی این مسئله برای همه‌ی ما روشن است و نیاز به توضیح هم نیست، ﴿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ayat2Matn++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">بَلِ اَلْإِنْسٰانُ عَلىٰ نَفْسِهِ بَصِيرَةٌ </w:t>
+        <w:t xml:space="preserve">بَلِ اَلْإِنْسٰانُ عَلىٰ نَفْسِهِ بَصِيرَةٌ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ﴿القیامة، ١٤﴾ </w:t>
+        <w:t xml:space="preserve">﴾ القیامة، ١٤﴿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ayat2Matn++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">وَ لَوْ أَلْقىٰ مَعٰاذِيرَهُ </w:t>
+        <w:t xml:space="preserve">و َ لَوْ أَلْقىٰ مَعٰاذِيرَهُ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">﴿القیامة، ١٥﴾ هر کسی می‌داند که در این میدان چند مرده حلاج است و نسبت به واقع چقدر مصمم و مُهتَمّ است، اهتمام دارد. هر کسی این را می‌داند و این را هم می‌داند که قابلیت برای اتصال به آن مقام را ندارد البته بعضی‌ها یک همچنین احساسی را ندارند احساس می‌کنند که این قابلیت را دارند.</w:t>
+        <w:t xml:space="preserve">﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Ayat2Matn++"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">القیامة، ١٥هر کسی می‌داند که در این میدان چند مرده حلاج است و نسبت به واقع چقدر مصمم و مُهتَمّ است، اهتمام دارد. هر کسی این را می‌داند و این را هم می‌داند که قابلیت برای اتصال به آن مقام را ندارد البته بعضی‌ها یک همچنین احساسی را ندارند احساس می‌کنند که این قابلیت را دارند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> نقل می‌کنند یکی از بزرگان به اتفاق جمعی از شاگردانش رفته بود برای دیدن یک بزرگی، وقتی رسید گفت هر کسی در خود قابلیت ادراک محضر این مرد را می‌بیند داخل بشود همه داخل شدند غیر از یک نفر، آن همین‌طور بیرون ایستاد وقتی که نشستند آن بزرگ رو کرد به آن‌ها، گفت آن کسی که قابلیت محضر ما را داشت چرا نیامد؟ همه‌ی شما مرخص هستید. ببینید چقدر ادب برای انسان مفید است و چقدر به درد می‌خورد و چقدر واقعا ادراک مسئله و حقیقت مطلب.....</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> و خود بنده هم در طول تجربه‌ای که با بزرگان داشتم این مطلب را مشاهده می‌کردم آن‌هایی که خود را کمتر در معرض قرار می‌دهند آن‌ها جلوتر بودند آن‌هایی که همه‌اش می‌آمدند جلو، صف اولی‌ها، می‌آمدند خودشان را مطرح می‌کردند و جلو می‌ایستادند، برویم از آقا استفاده کنیم برویم از آقا استفاده کنیم آن‌ها همیشه عقب بودند و عقب هم هستند. ولی نه! آن‌هایی که واقعا خودشان را پایین‌تر از همه احساس می‌کردند خیلی در مقام صحبت کردن برنمی‌آمدند در مقام گزافه گویی برنمی‌آمدند هی از خودشان اظهار رأی نمی‌کردند. ای وای از این اظهار رأی‌ها! ای وای از این اظهار سلیقه‌ها که صد من یک غاز هم ارزش ندارد صد من یک غاز هم فایده ندارد. اظهار رأی‌هایی که نه تنها موجب ضلالت خود انسان است بلکه موجب اضلال است و دیگران را به هلاکت و انحراف می‌اندازد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> شنیدم بعضی‌ها می‌گویند فلانی از کی و کی بالاتر است! از استادش بالاتر زده! نعوذباللَه نعوذ باللَه نعوذباللَه استغفراللَه الف مرة! از پدرش بالاتر زده [! از] اقای حداد [بالاتر زده!] این مسائل این مزخرفات هنوز در میان ما رواج دارد؟ واقعا این چرندیات هنوز در میان ما صحبت می‌شود؟ آخر ای احمق! تو به اقلّ اقلّ مراتب معرفت اطلاع نداری که حالا در مقام مقایسه می‌خواهی بربیایی و کسی را که خاک پای شاگرد شاگردان او هم به حساب نمی‌آید، داری مقایسه می‌کنی با فردی که از نقطه‌ی نظر مراتب طهارت و عصمت و قدس به حدّی است که در حیطه‌ی تصور ملائکه مقرب هم قرار ندارد! خاک بر سرت کنند! این مزخرفات چیست که ما می‌شنویم؟ اگر قرار بود که ما به این چرندیات دلخوش کنیم که دیگر بنده این‌جا نبودم در خدمت شما! اگر قرار بود که ما به هر هوا و هوسی دل ببندیم دیگر جای من این‌جا نبود! مجسمه‌ی ما را جای دیگر از طلا می‌گرفتند و چه کسی آمده به خودش یک همچنین اجازه‌ای می‌دهد که بیاید در این مطالب فضولی کند؟ بنده مسئولیت این صحبت‌ها را به کسی دادم؟ بنده شخصی را موظف برای گفتن این مزخرفات و این چرندیات کردم؟ بیاید بگوید! من به چه کسی مأموریت دادم؟ چه شخصی را سخنگوی خودم قرار دادم؟ هر کسی هست بلند شود بگوید! مگر بنده بارها نگفتم که سخنگو ندارم؟ زبان ندارم؟ زبانم فعلا دارد کار می‌کند می‌بینید دارم برای شما صحبت می‌کنم مطلبی مفید باشد خودم آن مطلب را عرض می‌کنم بدون رودربایستی و با کمال حریّت و آزادی و همه چیز را در برابر حق باید فدا کرد و فقط حق و صدق و صفا را باید چسبید.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> از این چرت و پرت‌ها ما بعد از زمان مرحوم آقا کم نشنیدیم و به خاطر همان‌ها مطرود شدیم و به خاطر همان‌ها مورد طرد و بُعد و انزجار قرار گرفتیم و در قبال همه‌ی این مطالب هم ایستادیم چرا؟ چون وقتی قرار بر این است که آن‌چه در عالم دارای اصل و اصالت و واقعیت است حق باشد صدق باشد </w:t>
+        <w:t xml:space="preserve"> از این چرت و پرت‌ها ما بعد از زمان مرحوم آقا کم نشنیدیم و به خاطر همان‌ها مطرود شدیم و به خاطر همان‌ها مورد طرد و بُعد و انزجار قرار گرفتیم و در قبال همه‌ی این مطالب هم ایستادیم چرا؟ چون وقتی قرار بر این است که آن‌چه در عالم دارای اصل و اصالت و واقعیت است حق باشد صدق باشد ﴿</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ayat2Matn++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">فَمٰا ذٰا بَعْدَ اَلْحَقِّ إِلاَّ اَلضَّلاٰلُ </w:t>
+        <w:t xml:space="preserve">فَمٰا ذٰا بَعْدَ اَلْحَقِّ إِلاَّ اَلضَّلاٰلُ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">﴿یونس‌، ٣٢﴾ دیگر پس بعد از [حق] چه می‌شود؟ [ضلال.] بنده خودم شنیدم از شخصی که بعد از زمان مرحوم آقا، در جلسه‌ای از جلسات گفته بود، در مشهد، که حتی اگر آقای حداد هم بیاید و بگوید دست از فلانی، یک نفر، بردارید ما برنمی‌داریم! این درست مثل چه کلامی ‌است؟ مثل کلام مرحوم شیخ جواد مغنیه ـ که برای رفقا عرض کردم ـ که گفت در مسجد مدینه در کنار محراب آمد نماز بخواند، یک نفر آمد از همین آخوندهای سنی، می‌گفت بین آن‌ها صحبت شد یک مرتبه او درآمد گفت که اگر رسول خدا بیاید و بگوید که دست از عمر بردار، من برنمی‌دارم! این هم دستش را برد بالا و تق خواباند در گوش او و کارشان به محکمه و خلاصه و....، گفت این کافر شده، فلان، بعد آن‌جا خلاصه استدلال کرد که این برخلاف سنت کرده و فلان کرده و در محکمه او را تبرئه کردند، همین بنده خدا را تبرئه کردند. آخر اگر رسول خدا بیاید....! واقعا این‌ها این‌طوری هستند یعنی وقتی که انسان بیافتد در دائره‌ی نفس، از این حرف‌ها هم می‌زند.</w:t>
+        <w:t xml:space="preserve">﴾ یونس‌، ٣٢ دیگر پس بعد از [حق] چه می‌شود؟ [ضلال.] بنده خودم شنیدم از شخصی که بعد از زمان مرحوم آقا، در جلسه‌ای از جلسات گفته بود، در مشهد، که حتی اگر آقای حداد هم بیاید و بگوید دست از فلانی، یک نفر، بردارید ما برنمی‌داریم! این درست مثل چه کلامی ‌است؟ مثل کلام مرحوم شیخ جواد مغنیه ـ که برای رفقا عرض کردم ـ که گفت در مسجد مدینه در کنار محراب آمد نماز بخواند، یک نفر آمد از همین آخوندهای سنی، می‌گفت بین آن‌ها صحبت شد یک مرتبه او درآمد گفت که اگر رسول خدا بیاید و بگوید که دست از عمر بردار، من برنمی‌دارم! این هم دستش را برد بالا و تق خواباند در گوش او و کارشان به محکمه و خلاصه و....، گفت این کافر شده، فلان، بعد آن‌جا خلاصه استدلال کرد که این برخلاف سنت کرده و فلان کرده و در محکمه او را تبرئه کردند، همین بنده خدا را تبرئه کردند. آخر اگر رسول خدا بیاید....! واقعا این‌ها این‌طوری هستند یعنی وقتی که انسان بیافتد در دائره‌ی نفس، از این حرف‌ها هم می‌زند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> الان واقعا بذات خود رسول خدا در نزد این اهل تسنن، عمر قداستش از پیغمبر بیشتر است یعنی پیغمبر را به راحتی کنار می‌گذارد عمر را به راحتی کنار نمی‌گذارد! سیدنا عمر سیدنا عمر! این شد اصلا کار آن‌ها مرام آن‌ها فکر آن‌ها، یک دفعه نمی‌گویند سیدنا علی، اگر عمر خلیفه است علی هم خلیفه است، اصلا ما نمی‌گوییم علی بر عمر ترجیح دارد، هیچی هیچی مساوی مساوی هستند، خلیفه بودنش را هم انکار می‌کنید؟ خب خلیفه بودنش را انکار می‌کنید یا نه؟ شما سنت پیغمبر را به خاطر یک کلام عمر آمدید تغییر می‌دهید! بسیار خب از شما قبول می‌کنیم، که خلیفه می‌تواند سنت پیغمبر که بر او وحی می‌شود و جبرائیل بر او نازل می‌شود و حکم را مستقیما از جانب خدا بر قلب او وحی می‌کند، یک خلیفه می‌تواند این وحی را به مقتضای زمان تغییر بدهد! قبول کردیم، سلمنا، بسیار خوب. مگر علی خلیفه نبود؟ این می‌آید کلام یک خلیفه را برمی‌گرداند، برگرداندن کلام و سنت یک خلیفه اهمیتش بیشتر است یا تغییر سنت و کلام صریح رسول خدا؟ کدام بیشتر است؟ نمی‌توانند بگویند آن دیگر! مسلم این دیگر! تو چرا قبول نمی‌کنی؟ چرا نمی‌پذیری؟ چرا وقتی که علی آمد و آن سنن باطله که به واسطه‌ی عمر بعد از....، خودش تصریح می‌کند </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">«متعتان کانتا محللتین فی زمن رسول اللَه و انا احرمهما و اعاقب علیهما</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> این عین عبارت او است. به عبارت‌های مختلف هم گفتند، حتی محللتان هم گفتند، از باب ان اباها و ابا اباها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
@@ -546,163 +683,173 @@
         </w:rPr>
         <w:t xml:space="preserve"> می‌گویند مرحوم بحرالعلوم آمد دید وقت نماز گذشته است، این شخص هم آمده و خجالت دارد می‌کشد، اصلا خودش مطرح نکرد. وقتی که مرحوم بحرالعلوم آمد اصلا مطرح نکرد که بیاورم، چون وقت نماز [گذشته بود.] مرحوم بحرالعوم گفت پس کو آن قلیانت که برای من درست کردی؟ چرا صدایت درنمی‌آید؟ آن گفت چشم چشم الان می‌روم می‌آورم، بلند شد دوید و رفت. حالا بیا بنشین پیش ما، قُرقُرقُر، حالت خوب است؟ دوباره قرقر، این هم هی نشسته، می‌گوید این خلق اللَه را چطور شده است؟ این تازه سر حال آمده، یک قر می‌زند دوتا احوالپرسی، نه این‌که زود بکشد و نماز.....! نه نه نه، زود هم نه، اتفاقا شاید نیم ساعت هم طولش داده ـ من خیال می‌کنم با آنی که من از او می‌دانم شاید یک ربع هم اضافه کرده، گفت حالا که دیر آمدی پس این هم بگیر دشتت، این هم یک رفع اضافه‌ی قضیه ـ این‌ها باید متولیان ما باشند. این‌ها متولیان دین هستند. این‌ها متولیان امانت الهی هستند. می‌آید می‌نشیند، قشنگ. حالا آن افرادی که نشستند هی در دلشان قر می‌زنند، قر می‌زنند! حالا چون می‌بینند این با امام زمان رابطه داشته جرأت نمی‌کنند حداقل چیز والا اگر رابطه نداشت، آقا نماز دیر شده است! آقا چرا این‌طور کردی؟ این‌جا این خبرها نیست، این را می‌دانند [که] این حسابش با بقیه فرق می‌کند، این قدر را می‌دانند لذا صدایشان را می‌خوابانند، در دلشان نه! در دلشان شروع می‌کنند، کسی که این‌ها را نمی‌فهمد، از تمام آن جمیعت اگر یک نفر کسی فهمیده باشد لمّ مسئله در کجاست؟ سرّ این کار...؟ نه می‌گویند، خیلی احترام بگذاریم به خودمان و اظهار فضل کنیم، نردّ علمه الی اللَه و رسوله، می‌گوییم خودشان می‌دانند که چیست؟ همین! بیش از این نه! ما نمی‌دانیم، خب خدا خیرشان بدهد باز به همین مقدار، ما نمی‌دانیم، ولی فحش ندهند، ما نمی‌دانیم. این هم قشنگ نشست و وقتش هم بیشتر، نیم ساعت از وقت نماز رفت این هنوز داشت قلیانش را می‌کشید، وقتی دیگر هیچی ته آن باقی نماند، هیچی دیگر در آن بنده خدا نبود، کاملا دیگر سرخوش و کیفور و مسرور و شاد و این‌ها شد گفت خب حالا اجازه می‌دهی ما بلند شویم نماز بخوانیم؟ بله قربان! بفرمایید بفرمایید! بلند شد قلیان را برد و ایشان هم شروع کرد نماز خواندن، حالا آن نماز ببینید چه نمازی است؟ این شد نماز. این شد نمازی که ملائکه این نماز را ببرند بالا، این مطلب.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> وقت گذشت، این مطلب را شما بگذارید در کنار همان مطلبی که مرحوم آقا در نوارشان [بیان فرمودند] ـ لابد شنیدید ـ راجع به مسئله‌ی رد و شمس امیرالمومنین که سر رسول خدا در روی زانو یا عبا بوده، عبای امیرالمومنین بوده، در همین جایی که مسجد ردالشمس [است] و سعودی‌ها که آمدند و این مسجد را خراب کردند و تسطیح کردند و اصلا اثری از آن مسجد فعلا باقی نگذاشتند، برای این‌که اسمی ‌از امیرالمومنین نماند، بله! این هم وحدت با این‌ها! اسمی ‌باقی نماند. آن مطلب را که ایشان در آن نوار فرمودند یک مسئله [و] یک عبارتی در آن‌جا هست، هر کی رفت آن عبارت را پیدا کرد که ایشان چه گفتند؟ ما کوچک بودیم وقتی یک کاری می‌کردیم ـ خدا بیامرزد ـ مادربزرگ به ما می‌گفت شاه فرنگی، هر کسی پیدا کرد شاه فرنگ است. بروید ببینید آن عبارتی را که ایشان وقتی این قضیه را نقل می‌کنند آن جمله چه بوده؟ آن یک جمله را حفظش کنید، آن یک جمله را نگه دارید و حفظش کنید. این عمل بحرالعلوم همان عمل امیرالمومنین است در رد الشمس، هر دو یکی است. اگر گفتید چرا؟ چون این هم به آن‌جا وصل است دیگر، این چون به آن‌جا وصل است، امیرالمومنین هم یادش می‌دهد این کار را باید بکنی، چون خودت را به من وصل کردی من هم این‌جا به دادت می‌رسم، اگر وصل نمی‌کردی کسان دیگر می‌آمدند چیزهای دیگر یادت می‌دادند، چیزهای دیگر یاد می‌دادند، نعوذ باللَه.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> خب وقت گذشت و مطلب همچنان....، ما هنوز اندر خم یک کوچه هستیم. ان‌شاءاللَه امیدواریم که خداوند توفیق بدهد از برکات این ماه که او به کرامت و بزرگی خودش بر نقایص و قصورهای ما نظر نکند و ما را به همان کرامت و فضل و فضیلت خودش مورد رحمت و عطوفت قرار بدهد.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللَهم صل علی محمد و آل محمد</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00FF2A7F">
+    <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="first" r:id="rId7"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="0" w:footer="289" w:gutter="0"/>
+      <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
-        <w:col w:w="8277" w:space="708"/>
+        <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Anvar">
-    <w:panose1 w:val="02000400000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002007" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
+    <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_Quraan">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="f anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -963,61 +1110,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="49" name="_x0000_i0049" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0049" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
@@ -5185,56 +5332,55 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundFooter/>
   <w:bordersDoNotSurroundHeader/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="0" w:directFormattingOnParagraphs="0" w:directFormattingOnRuns="0" w:directFormattingOnTables="0" w:headingStyles="1" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="1" w:tableStyles="0" w:top3HeadingStyles="0" w:visibleStyles="0"/>
   <w:doNotTrackMoves/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:pos w:val="pageBottom"/>
     <w:numFmt w:val="decimal"/>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:lMargin m:val="0"/>
@@ -5250,51 +5396,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
@@ -5519,51 +5665,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Book Title" w:uiPriority="39"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E8177B"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="6804"/>
       </w:tabs>
       <w:bidi/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
@@ -6338,51 +6484,51 @@
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalA++">
     <w:name w:val="NormalA ++"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NormalA++Char">
     <w:name w:val="NormalA ++ Char"/>
     <w:locked/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi++">
-    <w:name w:val="Revayat Arabi++"/>
+    <w:name w:val="Revayat Arabi ++"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="auto"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiMatn++">
     <w:name w:val="Revayat Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
@@ -6452,72 +6598,75 @@
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinFarsi++">
     <w:name w:val="Vasat Chin Farsi ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiMatn++">
     <w:name w:val="Ashaar Arabi Matn ++"/>
     <w:basedOn w:val="NormalA++"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiNaghleghol++">
     <w:name w:val="Ashaar Arabi Naghleghol ++"/>
     <w:basedOn w:val="NormalA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiPavaraghi++">
     <w:name w:val="Ashaar Arabi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteTextA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00E8177B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6(-)">
     <w:name w:val="Heading 6 (-)"/>
     <w:basedOn w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rPr>
       <w:sz w:val="16"/>
@@ -6727,62 +6876,64 @@
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiMatn++">
     <w:name w:val="Ashaar Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiNaghleghol++">
     <w:name w:val="Ashaar Farsi Naghleghol ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiPavaraghi++">
     <w:name w:val="Ashaar Farsi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:next w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
@@ -6842,250 +6993,279 @@
     <w:rsid w:val="009471F6"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Englishpavaraghi++Char">
     <w:name w:val="English pavaraghi ++ Char"/>
     <w:basedOn w:val="EnglishMatn++Char"/>
     <w:rsid w:val="00FF2A7F"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00C9631E"/>
     <w:rPr>
       <w:color w:val="D6D4CA" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MatnVasatChin">
+    <w:name w:val="MatnVasatChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholMatn">
+    <w:name w:val="Naghleghol Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholPavaraghi">
+    <w:name w:val="Naghleghol Pavaraghi"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF098B"/>
+    <w:pPr>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
+    <w:name w:val="Revayat Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DE3DAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rMatn">
     <w:name w:val="She'r Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
-[...12 lines deleted...]
-    <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:bidi="fa-IR"/>
-[...11 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="3366FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rNaghleghol">
     <w:name w:val="She'r Naghleghol"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="666699"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rPavaraghi">
     <w:name w:val="She'r Pavaraghi"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="008080"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SoalMatn">
     <w:name w:val="Soal Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
+    <w:rsid w:val="006A46D0"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="FF00FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
-    <w:name w:val="Revayat Arabi"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Toggle_MS_V1">
+    <w:name w:val="Toggle_MS_V1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A67403"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B4B23" w:themeColor="accent6" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Arabi">
+    <w:name w:val="Arabi"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
-[...42 lines deleted...]
-      <w:lang w:bidi="fa-IR"/>
+    <w:rsid w:val="00E051F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:eastAsia="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Asrar"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinMatn">
     <w:name w:val="VasatChin Matn"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="339966"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinPavaraghi">
-[...1 lines deleted...]
-    <w:basedOn w:val="FootnoteText"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
+    <w:name w:val="ChapChin"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="00FF00"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="54159998">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="79758352">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187329520">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="289478946">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406267228">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407927020">
       <w:marLeft w:val="0"/>
@@ -7162,50 +7342,62 @@
     <w:div w:id="1159494460">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181622686">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200238293">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217547524">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1299339894">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368096135">
       <w:marLeft w:val="0"/>
@@ -7654,120 +7846,120 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amin;Mohammad Reza</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>5</cp:revision>
+  <cp:lastModifiedBy>sadek jomaa</cp:lastModifiedBy>
+  <cp:revision>19</cp:revision>
   <cp:lastPrinted>2018-10-29T19:08:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-09-11T14:02:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-09-11T16:40:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2019-09-22T15:42:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2024-01-15T12:06:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-  <TotalTime>150</TotalTime>
+  <Template>Normal</Template>
+  <TotalTime>2720</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Majmaa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{439561B8-367C-45CB-8F78-76552F388B6B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C03CE746-167E-4C26-9BCD-3378C92DA4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Company>Majmaa</Company>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amin_x003B_Mohammad Reza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>