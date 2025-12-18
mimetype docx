--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -61,63 +61,63 @@
         </w:rPr>
         <w:t xml:space="preserve">هو العلیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">مراقبه، تزكیه و مواظبت در سیر و سلوك</w:t>
+        <w:t xml:space="preserve">مراقبه؛ تزكیه و مواظبت در سیروسلوک</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تبیین اصول مهم سیر و سلوک از منظر علامه طهرانی</w:t>
+        <w:t xml:space="preserve">تبیین اصول مهم سیروسلوک از منظر علامه طهرانی</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">آیین رستگاری - جلسۀ ششم</w:t>
       </w:r>
@@ -2283,54 +2283,55 @@
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> «بگو ای پیغمبر! آیا ما شما را آگاه کنیم به آن کسانی که از همۀ مردم دستشان خالی‌تر است؟ آن کسانی که تمام فعالیّت‌های آنها در همین افکار و پندارهای دنیوی و اعتباری و مصلحت اندیشی‌های روزمرّه‌ای که بر جایی متّکی نیست، استوارند؛ عمرشان را همین پندارها و خیالات گرفته است و دنبال همین حیات پست و دنیا می‌روند و خیال هم می‌کنند کارشان از همه بهتر است، یا لااقلّ کارشان کار خوبی است؛ اینها از همۀ مردم بدبخت‌ترند!»</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ayat2Matn++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">﴿قُلۡ هَلۡ نُنَبِّئُكُم بِٱلۡأَخۡسَرِينَ أَعۡمَٰلًا* ٱلَّذِينَ ضَلَّ سَعۡيُهُمۡ فِي ٱلۡحَيَوٰةِ ٱلدُّنۡيَا وَهُمۡ يَحۡسَبُونَ أَنَّهُمۡ يُحۡسِنُونَ صُنۡعًا﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> اینها آن کسانی هستند که سعیشان، کوشششان، فعالیّتشان در این زندگی پست گم می‌شود؛ خودشان، نفسشان در اینجا گم می‌شوند؛ دیگر از اینجا نمی‌توانند جلو بروند و راه تکامل در اینجا بسته و وجودشان در اینجا گم شده؛ یعنی حقیقت وجودشان را گُم کرده‌اند، تکامل نیست و آنها را در همین قبرستان دفن می‌کنند.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
-[...2 lines deleted...]
-          <w:rStyle w:val="Arabi"/>
+      <w:pPr>
+        <w:pStyle w:val="ChapChin"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللَهمَّ صَلِّ عَلَی مُحمَّدٍ و آلِ مُحمَّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="first" r:id="rId7"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
       <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
         <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
@@ -2982,58 +2983,58 @@
         </w:rPr>
         <w:footnoteRef/>
         <w:t xml:space="preserve">سوره إبراهیم (١٤) قسمتی از آیه ٢٢.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">الله شناسی</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">، ج ٣، ص ١١٨: «شیطان به ضعیفان می‌گوید: حقّاً و حقیقةً خداوند به شما وعده حقّ داد، و من هم به شما وعده دادم امّا خلف وعده کردم! و من چنین توانی را نداشتم که شما را به زشتی‌ها و پیروی از مستکبران اجبار نمایم، مگر اینکه شما را فرا خواندم و شما اجابت مرا نمودید!</w:t>
+        <w:t xml:space="preserve">الله شناسی،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ج ٣، ص ١١٨: «شیطان به ضعیفان می‌گوید: حقّاً و حقیقةً خداوند به شما وعده حقّ داد، و من هم به شما وعده دادم امّا خلف وعده کردم! و من چنین توانی را نداشتم که شما را به زشتی‌ها و پیروی از مستکبران اجبار نمایم، مگر اینکه شما را فرا خواندم و شما اجابت مرا نمودید!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بنابراین نباید شما مرا مورد مؤاخذه و ملامتتان قرار دهید! شما باید خودتان را سرزنش کنید. (که با وجود مشاهدۀ وعده خلافی‌های من، باز هم به دنبال بوق و کرنای من گرد آمدید!)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">مرا قدرت آن نمی‌باشد که بتوانم شما را نجات بخشم! و شما را نیز قدرت آن نیست که بتوانید مرا نجات بخشید! من به آن کفری که در دنیا آورده بودید و مرا شریک با خدا در عمل و رفتار و پندار نموده بودید، کافر شده بودم. (و آن را نادرست می‌دانستم و معتقد بر خلاف آن بودم.)</w:t>
       </w:r>
@@ -3070,58 +3071,65 @@
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:footnoteRef/>
         <w:t xml:space="preserve">جهت اطّلاع بیشتر پیرامون این مطلب به </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">گلشن اسرار </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">شرحی بر</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> الحکمة المتعالیة فی الأسفار العقلیّة الأربعة</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">، ج ١، ص ٢٢١ الی ٢٢٤ مراجعه شود. (محقّق)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الحکمة المتعالیة فی الأسفار العقلیّة الأربعة، </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ج ١، ص ٢٢١ الی ٢٢٤ مراجعه شود. (محقّق)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">الکافی</w:t>
       </w:r>
       <w:r>