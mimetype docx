--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -1,226 +1,331 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr/>
+      </w:pPr>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">سال1438- جلسه1- محدودیت تفکرات عوام در قبال نگرش اولیای الهی</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هو العليم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">محدودیت تفکرات عوام در قبال نگرش اولیای الهی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی - رمضان المبارک 1438 - مجلس اول </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بیانات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حضرت آیت‌اللَه حاج سید محمدمحسن حسینی طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدس الله سره</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">أعوذُ بِاللَه مِنَ الشَّیطانِ الرَّجیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ اللَه الرَّحمَنِ الرَّحیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلَّی‌ اللَه عَلَی سیّدنا و نبیّنا أبی‌القاسم مُحَمّدٍ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و علی آله الطّیبین الطّاهرین و اللعنة عَلَی أعدائِهِم أجمَعینَ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">وَ لَوْ خِفْتُ تَعْجِیلَ الْعُقُوبَةِ لاجْتَنَبْتُهُ لا لِأَنَّکَ أَهْوَنُ النَّاظِرِینَ وَ أَخَفُّ الْمُطَّلِعِینَ بَلْ لِأَنَّکَ یَا رَبِّ خَیْرُ السَّاتِرِینَ وَ أَحْکَمُ الْحَاکِمِینَ وَ أَکْرَمُ الْأَکْرَمِینَ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اگر من از تعجیل عقوبت تو می‌ترسیدم و آن تعجیل در عقوبت جایگاه خودش را در من به وجود می‌آورد قطعا به دنبال گناه نمی‌گشتم. و این نه به این جهت است که من نمی‌ترسم، چون اگر ترس داشتم خب به دنبال گناه نمی‌رفتم. کسی که ترس دارد، نگران است، تشویش دارد، دغدغه خاطر دارد خب طبعا به دنبال گناه نمی‌رود. آن کسی به دنبال گناه می‌رود که توجهی ندارد، ترس ندارد. می‌گوید این حرفها چیست؟ این مسائل خیلی جایگاهی ندارد! و... نمی‌گوید </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Ayat2Matn++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">إِنْ هِيَ إِلاّٰ حَيٰاتُنَا اَلدُّنْيٰا نَمُوتُ وَ نَحْيٰا </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">﴿المؤمنون‌، ٣٧﴾ ﴿الجاثیة، ٢٤</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">﴾ این نه به این جهت است که تو در نظارت و اشراف خودت آن‌طوری که باید و شاید نظارت نداری و سرت به کار خودت مشغول امور و کارها است و از حال بندگان خودت خبر نداری و اطلاعی نداری، بلکه به خاطر این است که تو بهترین ساتر و پوشاننده و بهترین حاکم و در کرامت در بالاترین نقطه و افق از مجد و عظمت و کرامت و بزرگواری قرار داری. </w:t>
+        <w:t xml:space="preserve">﴿المؤمنون‌، ٣٧﴾ ﴿الجاثیة، ٢٤﴾ این نه به این جهت است که تو در نظارت و اشراف خودت آن‌طوری که باید و شاید نظارت نداری و سرت به کار خودت مشغول امور و کارها است و از حال بندگان خودت خبر نداری و اطلاعی نداری، بلکه به خاطر این است که تو بهترین ساتر و پوشاننده و بهترین حاکم و در کرامت در بالاترین نقطه و افق از مجد و عظمت و کرامت و بزرگواری قرار داری. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">خب خدا را شکر که خداوند دوباره توفیق حضور ماه مبارک رمضان را قسمت کرد، و این یک مسئله‌ای است که ما باید خیلی قدر و ارزش این مطلب را بدانیم. اگر عمر ما مثلا فرض بکنید که یک هفته مانده به ماه رمضان امسال به پایان می‌رسید، خب ما چه می‌کردیم؟ این ماه رمضان دیگر قسمت ما نمی‌شد. دو روز مانده به ماه رمضان ما از دنیا می‌رفتیم، الان برخی نیستند، چه کسانی بودند که دیروز از این دنیا رفتند، در همین ایران، فوت کردند، مریض بودند و نتوانستند این ماه رمضان را درک کنند دلشان می‌خواست یا اینکه نه توجهی نداشتند برایشان فرقی نمی‌کرد. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">این که خداوند توفیق داد که این ماه مبارک را ما درک بکنیم روی این مسئله باید حساب کنیم، یعنی خدا می‌گوید این سفره را اضافه بر سفره‌های سالهای قبل امسال هم برایت من این سفره را گستراندم دیگر خودت می‌دانی. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -410,66 +515,54 @@
         </w:rPr>
         <w:t xml:space="preserve">قسی‌ترین خلیفه، شقی‌ترین خلیفه، ظالم‌ترین آنها...، بیشتر اولاد پیغمبر که در زمان خلفا کشته شدند در زمان هارون بوده، در زمان همین مامون بوده، بیشتر اینها در این زمان بوده، دهها دهها نفر را می‌کشتند و بعد جنازه‌شان را در چاه می‌انداختند، اینها از عدالت است؟ لابد از عدالت است دیگر! من نمی‌دانم از عدالت شاید ما تصور دیگری داریم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">کشتن افراد و در به در کردن اولاد و ذراری موسی ابن جعفر اینها جزو عدالت است؟ عدالت است دیگر! بله، نمی‌دانم واللَه چطور فکر می‌کنند، خدا از تقصیرات همه ما بگذرد. بله اینها جزو خلفای عادل بودند! خلفای عادل! خب بفرمایید ظالمها چه کسانی بودند؟ اگر اینها جزو عدول از مومنین بودند که شهادتشان شهادت دو نفر لابد حساب می‌شود (ذوالیمین) خب ظالم‌ها چه کسانی بودند؟ آنهایی که ظلم کردند چه کسانی بودند؟ اما شما می‌بینید بنی الحسن که دیگر هارون و اینها نبودند، اینها دیگر از بنی اعمام ائمه بودند، و اینها می‌آیند و می‌گویند برای رسیدن به خلافت ما تو را اعدامت می‌کنیم اگر نیایی با ما بیعت کنی، خب این خرج کردن امام نیست؟ ما بیاییم امام را خرج حکومت‌مان بکنیم! هان؟ بیاییم امام را خرج ریاست خودمان بکنیم! بیاییم امام را خرج ... امام ناموس خداست، پا روی دم شیر نباید گذاشت که بدجوری سیلی به آدم می‌زنند. همچین می‌زنند که آدم برود اثری ازش پیدا نباشد ها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">امام را نباید خرج کرد، اولیای خدا را انسان نباید خرج مطامع دنیای دنی کرد، آن دنیایی که امیرالمومنین می‌گوید از قیافه یک بزی که با آن وضع و با آن کیفیت است پست‌تر است، آن توضیح که حضرت می‌دهند</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="FootnoteReference"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">. این دنیا، دنیایی که امیرالمومنین به ابن عباس کفش وصله‌ و پینه‌ای خودش را نشان می‌دهد و می‌گوید این کفش من را نگاه کن این حکومت شما از این کفشی که ده تا وصله خورده پست‌تر است برای من</w:t>
-      </w:r>
-[...4 lines deleted...]
-        <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">. راست هم می‌گوید و دروغ نمی‌گوید، آن‌وقت ما برای این دنیا می‌آییم چه کار می‌کنیم؟ هر جور شده می‌کِشیم جلو برای اینکه به آن برسیم، هر چه را تا بحال نامناسب و خلاف و ناگوار و خلاف ارزش قلمداد می‌کردیم می‌شود ارزش! چون نوبت ما رسیده همه اینها ارزش پیدا می‌کند. اولیاء خدا حرفهای آنها از کتابهایشان، از سخنرانی‌هایشان، از سوالات عمومی که به درد می‌خورد ... ولی خدا را نمی‌شود باهاش شوخی کرد، حرفی که یک ولی خدا می‌زند آن حرف مربوط است به شرایط همان زمانی که این حرف گفته شده نه در وقت دیگر و نه در شرایط دیگر، نه اینکه ولی خدا بیاید یک حرفی بزند شما تا هفتصد سال دیگر هم این را بکِشانید!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> این حرفها بالاترین ظلم و جفا به یک ولی الهی این است که انسان بیاید یک مطلبی را که او در یک وقت [خاص] گفته این مطلب را تسری بدهد در همه شرایط دیگر و در همه موارد مختلف دیگر و در همه مواقفی که هیچ ارتباطی با آن شرایط و با آن ظرف و با آن موقعیتی که این حق را گفته ندارند و در تقابل و تضاد مقابل یکدیگر قرار گرفته. این خیلی ظلم است، بالاتر از این ظلم؟ که انسان بیاید حرف اولیای خدا را خرج مسائل سیاسی و دنیایی خود بکند، از این دیگر بدتر می‌شود؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
@@ -697,162 +790,157 @@
         <w:t xml:space="preserve">این پنج سانت به شش سانت تبدیل نمی‌شود مگر با دست آن ولی الهی، پس برای همین ما باید قدر بدانیم که خداوند این نعمت را به ما عنایت کرده است. و خیلی هم راه دوری نیست خودمان هم داریم آثار را می‌بینیم. خیلی خب خودمان داریم بله دیگر... این چیز نیست که حالا بخواهیم بله... الحمدلله همه چیز روشن و اظهر من الشمس است! صدق کلام بزرگان و آن مطالبی که آنها فرمودند مثل روز برای ما روشن است و الان می‌فهمیم که چرا بنی الحسن با امام و با ائمه آن‌طور کردند، با امام باقر با امام صادق، با دیگر ائمه حتی. چرا؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و الان می‌فهمیم که چرا افراد می‌آیند با کلمات بزرگان بازی می‌کنند با کلمات اولیا خدا بازی می‌کنند، مطالب را این طرف و آن طرف می‌کشند، مسائل را به همان جایی که خواست‌های آنها هست به همان‌جا و به همان مطالب می‌برند و نسبت به بزرگان می‌دهند. اما ما باید از خدا بخواهیم که خداوند لطفش را همیشه شامل حال ما بکند و از آن مطالبی که بزرگان و مسائلی که آنها فرمودند و مطالبی که در اختیار ما گذاشتند خداوند چشم ما را به آنها باز کند و آن حالت عناد را از وجود ما ببرد که بتوانیم آنها را درک کنیم وگرنه اگر نتوانیم مثل همان بنده خدایی که هر چه می‌گفتند آخرش حرف خودش را می‌زد خب به او گفتند که تو مثل سیب کرمو شدی چرا؟ چون پوشش انداخته، یک پوشش روی فهم خودش انداخته. بابا ولی خدا الان با تو اینجا نشسته و صحبت می‌کند، در دو متری تو! اما فهم رفته در یک فضای دیگر، نفس رفته در یک فضای دیگر، هر چه بگوید فایده‌ای ندارد اگر امام صادق هم بیاید بگوید فایده ندارد، امام رضا هم بیاید فایده ندارد. خیال نکنید فایده دارد: نه نه امام رضا این دیگر... نه آقاجان، اگر به جای امام صادق، امام رضا هم بود، همین امام رضا را آنها اعدام می‌کردند. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">مثل امام صادق، در زندان قرار می‌دادند و بعد می‌گفتند اگر نیایی و با ما بیعت نکنی و در مقابل منصور نایستی اعدامت می‌کنیم دیگر، اعدام می‌کنیم. خب آیا این اسلام شد؟ آیا این پسر پیغمبری شد؟ آیا این انتساب به اولیای الهی شد؟ این است؟ نتیجه‌اش این شد؟ باید حواسمان را جمع کنیم خیلی مسئله مسئله دقیق است، مسئله مسئله مهم است و باید از خدا بخواهیم که خداوند در این ماه مبارک که توفیق درک این ماه را نصیب کرده است از آن مواهب خاص خودش که برای افرادی اختصاص داده که دنبال این مکتب هستند...، بقیه خب سهم‌های مختلفی دارند، هر کسی به مقدار آن صفای خودش، هر کسی به مقدار آن... اما آنهایی که دنبال این مکتب هستند، دنبال این مدرسه هستند، دنبال این مبانی هستند، خدا می‌گوید خیلی خب حالا که اینطور است من سهمم این است ولی حواستان باشد شما هم باید یک همچنین التزاماتی را داشته باشید، یک همچنین مطالبی را داشته باشید ما هم بله، ما هم خلاصه یک همچنین سهم و نصیبی را هم در نظر گرفته‌ایم، بسم اللَه حالا این گوی و این میدان، انشاللَه که خداوند توفیق بدهد به همه ما و بتوانیم از نعمت‌های الهی و برکات این ماه حداکثر استفاده را ببریم. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللَهم صل علی محمد و آل محمد</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00FF2A7F">
-[...7 lines deleted...]
-      </w:footnotePr>
+    <w:sectPr w:rsidSect="006A46D0">
+      <w:footerReference w:type="even" r:id="rId4"/>
+      <w:footerReference w:type="default" r:id="rId5"/>
+      <w:footerReference w:type="first" r:id="rId6"/>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="0" w:footer="289" w:gutter="0"/>
+      <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
-        <w:col w:w="8277" w:space="708"/>
+        <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Anvar">
-    <w:panose1 w:val="02000400000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002007" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
+    <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_Quraan">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="f anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1113,233 +1201,90 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="30" name="_x0000_i0030" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0030" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
-</file>
-[...141 lines deleted...]
-</w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
@@ -5428,116 +5373,108 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundFooter/>
   <w:bordersDoNotSurroundHeader/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="0" w:directFormattingOnParagraphs="0" w:directFormattingOnRuns="0" w:directFormattingOnTables="0" w:headingStyles="1" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="1" w:tableStyles="0" w:top3HeadingStyles="0" w:visibleStyles="0"/>
   <w:doNotTrackMoves/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...5 lines deleted...]
-  </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:preSp m:val="0"/>
     <m:postSp m:val="0"/>
     <m:interSp m:val="0"/>
     <m:intraSp m:val="0"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
@@ -5762,51 +5699,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Book Title" w:uiPriority="39"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E8177B"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="6804"/>
       </w:tabs>
       <w:bidi/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
@@ -6581,51 +6518,51 @@
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalA++">
     <w:name w:val="NormalA ++"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NormalA++Char">
     <w:name w:val="NormalA ++ Char"/>
     <w:locked/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi++">
-    <w:name w:val="Revayat Arabi++"/>
+    <w:name w:val="Revayat Arabi ++"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="auto"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiMatn++">
     <w:name w:val="Revayat Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
@@ -6695,72 +6632,75 @@
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinFarsi++">
     <w:name w:val="Vasat Chin Farsi ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiMatn++">
     <w:name w:val="Ashaar Arabi Matn ++"/>
     <w:basedOn w:val="NormalA++"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiNaghleghol++">
     <w:name w:val="Ashaar Arabi Naghleghol ++"/>
     <w:basedOn w:val="NormalA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiPavaraghi++">
     <w:name w:val="Ashaar Arabi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteTextA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00E8177B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6(-)">
     <w:name w:val="Heading 6 (-)"/>
     <w:basedOn w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rPr>
       <w:sz w:val="16"/>
@@ -6970,62 +6910,64 @@
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiMatn++">
     <w:name w:val="Ashaar Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiNaghleghol++">
     <w:name w:val="Ashaar Farsi Naghleghol ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiPavaraghi++">
     <w:name w:val="Ashaar Farsi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:next w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
@@ -7085,250 +7027,279 @@
     <w:rsid w:val="009471F6"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Englishpavaraghi++Char">
     <w:name w:val="English pavaraghi ++ Char"/>
     <w:basedOn w:val="EnglishMatn++Char"/>
     <w:rsid w:val="00FF2A7F"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00C9631E"/>
     <w:rPr>
       <w:color w:val="D6D4CA" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MatnVasatChin">
+    <w:name w:val="MatnVasatChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholMatn">
+    <w:name w:val="Naghleghol Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholPavaraghi">
+    <w:name w:val="Naghleghol Pavaraghi"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF098B"/>
+    <w:pPr>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
+    <w:name w:val="Revayat Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DE3DAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rMatn">
     <w:name w:val="She'r Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
-[...12 lines deleted...]
-    <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:bidi="fa-IR"/>
-[...11 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="3366FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rNaghleghol">
     <w:name w:val="She'r Naghleghol"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="666699"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rPavaraghi">
     <w:name w:val="She'r Pavaraghi"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="008080"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SoalMatn">
     <w:name w:val="Soal Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
+    <w:rsid w:val="006A46D0"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="FF00FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
-    <w:name w:val="Revayat Arabi"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Toggle_MS_V1">
+    <w:name w:val="Toggle_MS_V1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A67403"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B4B23" w:themeColor="accent6" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Arabi">
+    <w:name w:val="Arabi"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
-[...42 lines deleted...]
-      <w:lang w:bidi="fa-IR"/>
+    <w:rsid w:val="00E051F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:eastAsia="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Asrar"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinMatn">
     <w:name w:val="VasatChin Matn"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="339966"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinPavaraghi">
-[...1 lines deleted...]
-    <w:basedOn w:val="FootnoteText"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
+    <w:name w:val="ChapChin"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="00FF00"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="54159998">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="79758352">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187329520">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="289478946">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406267228">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407927020">
       <w:marLeft w:val="0"/>
@@ -7405,50 +7376,62 @@
     <w:div w:id="1159494460">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181622686">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200238293">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217547524">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1299339894">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368096135">
       <w:marLeft w:val="0"/>
@@ -7590,51 +7573,51 @@
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2122870525">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maktabevahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -7897,120 +7880,120 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amin;Mohammad Reza</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>5</cp:revision>
+  <cp:lastModifiedBy>sadek jomaa</cp:lastModifiedBy>
+  <cp:revision>19</cp:revision>
   <cp:lastPrinted>2018-10-29T19:08:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-09-11T14:02:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-09-11T16:40:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2019-09-22T15:42:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2024-01-15T12:06:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-  <TotalTime>150</TotalTime>
+  <Template>Normal</Template>
+  <TotalTime>2720</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Majmaa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{439561B8-367C-45CB-8F78-76552F388B6B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C03CE746-167E-4C26-9BCD-3378C92DA4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Company>Majmaa</Company>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amin_x003B_Mohammad Reza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>