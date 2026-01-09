--- v0 (2025-11-07)
+++ v1 (2026-01-09)
@@ -12,119 +12,292 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr/>
+      </w:pPr>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">سال١٤٣٨- جلسه٦ -ضرورت اعتراف به خطا و تاثیر آن در سیر و سلوک</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هو العليم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ضرورت اعتراف به خطا و تاثیر آن در سیر و سلوک</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی - رمضان المبارک 1438 - مجلس ششم </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بیانات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حضرت آیت‌اللَه حاج سید محمدمحسن حسینی طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدس الله سره</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">أعوذُ بِاللَه مِنَ الشَّیطانِ الرَّجیم</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ اللَه الرَّحمَنِ الرَّحیم</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلَّی‌ اللَه عَلَی سیّدنا و نبیّنا أبی‌القاسم مُحَمّدٍ</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و علی آله الطّیبین الطّاهرین و اللعنة عَلَی أعدائِهِم أجمَعینَ</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">وَ لَوْ خِفْتُ تَعْجِیلَ الْعُقُوبَةِ لاجْتَنَبْتُهُ لا لِأَنَّکَ أَهْوَنُ النَّاظِرِینَ وَ أَخَفُّ الْمُطَّلِعِینَ بَلْ لِأَنَّکَ یَا رَبِّ خَیْرُ السَّاتِرِینَ وَ أَحْکَمُ الْحَاکِمِینَ وَ أَکْرَمُ الْأَکْرَمِینَ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">حضرت به خدا عرضه می‌دارد ای پروردگار این که من مرتکب گناه می‌شوم و مرتکب خطا و اینها نه به این جهت است که از عقوبت نگران نیستم، نه! می‌دانم که در مقام قهر و در مقام عدل و در مقام غضب تو قاصم الجبارین هستی و اگر بخواهی به عدلت رفتار کنی و ما را به خطاها و گناهانمان بگیری دیگر در آن دنیا هیچ مجالی برای ما نیست. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">من ترس از عقوبت ندارم، این نیست که ترس از عقوبت نداشته باشم، نه خیلی هم می‌ترسم عقوبتی که تو می‌کنی عقوبتی است که تمام شراشر وجود ما را در معرض هلاکت و بوار درمی‌آوری، آدم باید بترسد از این که قهر خدای متعال شامل حالش نشود. چند شب پیش عرض کردم خدمت رفقا که خدا از خطا و لغزش ما چشم پوشی می‌کند چرا؟ چون خودش ما را خطاکار آفریده، خود ما که مخلوق خودش هستیم، وقتی که مخلوق خودش هستیم به این نحو، پس دیگر نباید خدا از ما توقع عصمت داشته باشد، معصوم الان یک نفر است، الان در روی زمین چند تا معصوم ما داریم؟ که به ضرس‌ قاطع می‌توانیم بگوییم که فعل او فعل حق و عین فعل حق است بدون سر سوزنی شک و شبهه و تردید و فعل حق هم که خطا نیست، فعل خدا که خطا نیست، فعل خدا عین صواب بلکه صواب زائیده و معلول و نشأت گرفته از فعل حق است نه اینکه فعل حق منطبق بر صواب است، صواب آن است که از او سر می‌زند، نه اینکه فعل او خدا می‌نشیند فکر می‌کند این کاری که انجام می‌دهم دو طرف دارد یک طرفش منطبق بر صواب و یک طرفش خلاف و این‌طرف را انتخاب می‌کنیم! خب این کار ماست، کاری که ما انجام می‌دهیم خیلی هنر بکنیم...، آخه بعضی‌ها اول کار را انجام می‌دهند بعد فکرش را می‌کنند که این کار درست بوده یا نه. ولی شخص عاقل می‌آید اول نسبت به کاری که انجام می‌دهد همه جوانب را می‌سنجد، با افراد مشورت می‌کند، با افراد خبیر مسئله را طرح می‌کند و بعد به یک نقطه مطلوب که رسید آن وقت می‌رود عمل می‌کند، توکل بر خدا می‌کند و عمل می‌کند.</w:t>
       </w:r>
@@ -298,64 +471,66 @@
         </w:rPr>
         <w:t xml:space="preserve">خیلی خب حالا بسیار خب این قضیه‌ای اتفاق افتاد، تو یک کاری کردی بعد هم ایشان یک توبیخی کردند خب تمام شد دیگر، ... پشتش را گرفت: آمد پیش من، آقا من یک سوالی دارد برایم پیدا می‌شود، این کار ایشان در یک همچنین چیزی به نظر شما چه می‌آید؟ گفتم آقا ول کن قضیه را بگذار برو، دیدیم نخیر! شده قضیه‌ای که می‌گفت من ول می‌کنم او ول نمی‌کند! دیدم او مثل اینکه می‌خواهد کار دست خودش بدهد! خلاصه یک مقداری برایش ما صحبت کردیم و تا حدودی، یک مقداری [راضی] شد ولی در دلش ماند، این مطلب در دلش ماند و بعدها هم کار دستش داد، این قضیه منتهی به یک مسائل دیگری شد و در آن مسائل دیگر انسان می‌آید و در مقابل دستور استاد می‌ایستد و می‌گوید مسئله این است و خطا این است، صواب این است و مطلب این است!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">خب اگر از آن مرتبه تو رد می‌شدی کارت نمی‌رسید به اینجا که بلند شوی بیایی بگویی که آقا حالا که دارد انقلاب می‌شود چرا شما نشستید؟ چرا شما حرکتی نمی‌کنید؟ چرا شما راهپیمایی نمی‌کنید؟ چرا شما بالای منبر فلان نمی‌کنید؟ چرا حرف را نمی‌زنید؟ اینها همه برای چیست؟ این تو یک کرم رفته در این سیب و این شروع کرده دارد از داخل این را فاسد می‌کند، درست شد؟ وقتی که سیب از داخل کرمو شد یک باد که می‌آید تپی از شاخه می‌افتد زمین، دیگر خودش را نمی‌تواند نگه دارد. ولی اگر آن سیب کرمو نباشد - مرحوم آقا هم فرمودند تو مثل سیب کرمو شدی - وقتی سیب کرمو نباشد این سیب قدرت دارد، استقامت دارد، استحکام دارد، خودش را روی شاخه نگه می‌دارد اگر هم باد بیاید نمی‌افتد، ولی وقتی این کرمو می‌شود از داخل آن استقامت خودش را از دست می‌دهد این برای همین است که وقتی انسان می‌آید یک خطایی می‌کند باید در ضمن اینکه از خدا طلب توبه و مغفرت و اینها بکند به جای این آن مسئله را ندیده بگیرد و خطا را از خودش دور بکند و به دیگری بزند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> امام سجاد علیه السلام به ما دارند یاد می‌دهد، حضرت می‌گوید این‌طوری با خدا باش، راه سیر و راه سلوک این است که می‌گوید خدایا من نه اینکه از عقوبت تو نمی‌ترسم نه! خیلی هم می‌ترسم ولی می‌دانم تو تعجیل در عقوبت نداری و ستار هستی، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">خیر‌الساترین</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> هستی، این </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">خیر‌الساترین</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> را حضرت می‌گذارد برای اینجا که آدم امید پیدا کند، دلش روشن بشود، انبساط پیدا کند، نه اینکه حالا که من این خطا را کردم دیگر تمام شد! دیگر ما از خیلی‌ها می‌شنیدیم در همان زمان آقا، بعد از آقا، وقتی که یکی یک مسئله‌ای برایش پیدا می‌شد یک دفعه می‌گفتند خب حالا ما برای چه اینجا باشیم شاید هم ما مثل او شدیم! شاید هم مثل او نشدی، چرا این‌طور قضیه را می‌گیری این چیه؟ وسوسه شیطان است که می‌آید دل را یک دفعه خالی می‌کند، نگاه کن فلانی با این همه عبادت و نماز شب و این تعریف‌هایی که ما تا حالا از آقا می‌شنیدیم، بَه! این تَقِّش درآمد! خب تق او درآمد از کجا معلوم تق تو دربیاید؟ مگر قرار بر این است که تق همه در بیاید؟ تو از همان اول خودت را می‌گذاری کنار که خب تق ما در می‌آید و پس ما برویم! به به این به همان شُلی، خب برو، تو که می‌گویی تق من درمی‌آید خب برو، برو دیگر چرا ایستادی؟ اگر تو خودت نمی‌خواهی... گفت: گر خود نمی‌پسندی تغییر ده قضا را.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">تو خودت داری می‌گویی که من هم مثل او تق من در می‌آید خب بلند شو برو، مگر اینجا کسی نازت را می‌خرد؟ مگر اینجا کسی نامه برایت می‌نویسد؟ مگر کسی در اینجا برایت فرش قرمز و طاق‌ نصرت و اینها برایت می‌اندازد؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
@@ -366,141 +541,146 @@
         </w:rPr>
         <w:t xml:space="preserve">تو بنده خدا وقتی که یک مرض بگیری بلند می‌شوی بگویی: "خب او هم مریضی گرفت و دیگر فایده نداد و پس ول کن سر جایت بنشین؟!" یا نه تمام هست و نیست و دار و ندارت را خرج می‌کنی که دو روز بیشتر عمر کنی! حالا آنجا اشکال ندارد ولی اینجا سر قضیه راه و سلوک و این حرفها که می‌شود: خب آقا آن را که دیدیم تق آن درآمد و از کجا برای ما هم یک روز درنیاید! این‌قدر سست گرفتن! این‌قدر بی‌بهاء با مطلب برخورد کردن! و نسبت به این مسئله این‌طور... خیال می‌کنند آمدن در اینجا (یعنی خدمت بزرگان منظورم است) مثل کلاس خیاطی رفتن، مثل کلاس زبان رفتن، مثل کلاس آموزش رانندگی رفتن است، این رانندگی نشد آن رانندگی، این آموزش نشد آن آموزش، این هم خب یک کلاس است دیگر! حالا نشد...، نه جان من! اینجا آمدن در جایی است که سعادت و هلاکت در اینجا تعیین می‌شود یا سعادت یا هلاکت، نه اینکه حالا این‌طور نشد آن‌طور، آن‌طور نشد یک جور دیگر، قضیه این است مطلب این‌طور است، یا به سعادت ابدی یا به هلاکت و بوار ابدی، این مسئله انسان به اینجا می‌رسد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">خب وقتی که مطلب این‌طور هست خب انسان باید چه کند؟ باید خطایی که می‌کند، لغزشی که می‌کند، برایش خلافی که اگر پیش می‌آید باید اینها را نعمتی بداند از ناحیه پروردگار، که خدا می‌خواهد متوجه کند تو این هستی، تو این بنده هستی، این خطا را می‌کنی، این اشتباه را می‌کنی، خیلی خب حالا می‌خواهی به من چه بگویی؟ می‌خواهی به من بگویی خدایا من گناه کردم، من خطا کردم، من اشتباه کردم، تو بیا مقام ستاریتت، مقام غفاریتت، مقام رحمانیتت، مقام عطوفت و رحیمیت، تو بیا با آن برخورد کن. خب حالا با هم به یک توافقی رسیدیم، پس تو اعتراف بکن که اشتباه کردی، اعتراف بکن که خطا کردی، خیلی خب آن‌طرف قضیه با ما، غفاریت ما، رحمانیت ما، عطوفت و رافت و کرامت و همه این چیزها آن‌طرفش با ما. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اینجاست که همه اولیاء بلااستثناء همه انبیا، همه ائمه، در تمام صحبت‌هایشان در تمام دعاهایشان، در تمام زیارت‌هایشان، در تمام احادیث و مطالب ماثوره‌شان ما می‌بینیم محوریت همه اینها بر این قرار گرفته که خدایا ما بنده و گناهکار و خطاکار، تو هم کریم و غفور و ستار و رحیم و رحمان. این اصل و اساس برای سایر صفات و سایر مسائل است. یعنی سالک باید آن عمود خیمه‌اش و آن سنگ اساسی و حجر اساسی که بنای خودش را بر آن قرار می‌دهد آن سنگ و آن عمود همین باشد، یعنی مقام عبودیت باشد، مقام استکانت باشد، مقام سرشکستگی باشد این مسئله باید در او باشد و یک وقتی خدایی نکرده این‌طور نباشد که بله اگر هم ما خطا نمی‌کنیم اگر هم ما... ما دیگر بالاخره تافته جدابافته و اینها... این‌جوری بخواهیم بکنیم خدا ما را می‌اندازد دور خودمان می‌پیچیم، هی‌بپیچ هی‌بپیچ هی‌بگرد هی‌بگرد، یعنی ما در عین این که داریم متوجه خطاهای دیگران و اشتباهات دیگران و لغزشهای دیگران هستیم نباید غافل بشویم. اینکه الان ما در آن صف قرار نداریم مبادا فریفته بشویم، مبادا غرور ما را بگیرد، چه کسی ما را در آن صف قرار نداده چه کسی ما را در آن افق‌ها و در آن فضاها قرار نداده، بخواهد در یک </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">طرفة‌العینی</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> می‌اندازد همانجایی که آنها... مگر نبوده این‌طور؟ مگر نبوده؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">آن کسی که بیست سال شروع می‌کند انتقاد از این و آن و آن هزار تا فلان، یک تپی به توپی می‌خورد یک دفعه می‌بینی در آن مجلس رفته و نشسته و می‌بینی یک سر و گردن هم از بقیه بزرگتر است، چه شد؟ تمام شد، همه‌اش رفت هوا. شما که بیست سال خودت داشتی اشکال می‌کردی! چه شد یک دفعه حالا داری آنجا خود نشان می‌دهی؟ قوم و خویش شدی و فامیل شدی؟ بخواهد خدا انجام می‌دهد، برای خدا یک ثانیه کمتر از یک ثانیه، یک ثانیه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> من یک وقتی در همین عبارات یک زمانی یک وقتی بود با خودم فکر می‌کردم نمی‌دانم یک وقتی بود همین عبارت‌ها که چطور می‌شود انسان... آیه شریفه است دیگر </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ayat2Matn++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">وَ نُقَلِّبُ أَفْئِدَتَهُمْ وَ أَبْصٰارَهُمْ كَمٰا لَمْ يُؤْمِنُوا بِهِ أَوَّلَ مَرَّةٍ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ﴿الأنعام‌، ١١٠﴾ هم‌چنین دل اینها را برمی‌گردانیم همین‌هایی که می‌آیند صف اول نماز، همین‌هایی که صبح تا شب روزه می‌گیرند، همین‌هایی که روزی شش جزء قرآن می‌خوانند، همین‌هایی که زیارت امام رضایشان روزی یک نوبت و یا دو نوبت ترک نمی‌شود، همین‌هایی که فرض بکنید جوری راه می‌روند که مورچه زیر پایشان... همین‌ها همین‌ها، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">نقلب!</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> آن کفار را که خدا نمی‌گوید </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">نقلب</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">، کفار خودشان مرخص هستند. نه، همین‌ها را، آقا یک دفعه قلب اینها را برمی‌گردانیم </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">کما لم یومنوا </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اصلا اینها از اول ایمان نیاوردند. من یک وقتی راجع به این فکر می‌کردم می‌گفتم که خدایا چطور می‌شود که یک هم‌چنین حالی برای انسان ... خب خیلی مشکل است، شما فکر بکنید یک نفر با این خصوصیت، با این وضع، با این کیفیت، با این یک دفعه در دلش بشود کافر، اِ! کافر کافر، آقا </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">کما لم یومنوا </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اولا آیه قرآن هم هست شوخی هم نیست، نشستیم با خدا خدایا چطوری می‌شود؟ خدا گفت چطوری می‌شود آقا رفت که رفت هر چه ما خواندیم و شنیدیم و نوشتیم و یاد گرفتیم و انجام دادیم، پرید، دیدم هیچی نیست، هیچی. نه می‌توانم به خدا فکر کنم، نه می‌توانم به پیغمبرش فکر کنم نه می‌توانم به امامش فکر کنم به هیچی نمی‌توانستم فکر کنم، اصلا نمی‌آمد در ذهن، اصلا نمی‌آمد، اصلا در این قلب انگار بسته تمام، این تمام شد. این شخصیت شد یک شخصیت دیگر، این فرد شد یک فرد دیگر، یک دفعه گفتم حالا آن هم از آن‌طرف آمد ها خواست نشان دهد! اینکه گفتم خدایا فهمیدم غلط کردم این هم از آن‌طرف بود از من که نبود، این هم رحمت از آن‌طرف بود گفتم خدایا فهمیدم مسئله چیست قضیه را فهمیدم، تا گفتم خدایا فهمیدم، غلط کردم، دیدم یک دفعه دیدم همه‌اش برگشت اِ اِ! من از همه قران این یک آیه را از همه بهتر فهمیدم! که همه آیاتش که عین حق است، ولی بعضی‌هایش برای آدم هم‌چنین قشنگ و خوب جا می‌افتد. همه‌اش یک دفعه برگشت، توکل با آن برگشت، توسل با آن برگشت، ربط با آن برگشت، همه برگشت، برگشت، برگشت، عجب! آن چه بود این چیست؟ آن حال چه بود؟ خدا می‌گوید هان! حالا فهمیدی تو که هستی من که هستم؟ حالا شناختی من را و خودت را هم شناختی، وقتی آقای حداد رضوان اللَه علیه می‌فرمایند وقتی به خودم نگاه می‌کنم می‌بینم از همه مخلوقات خدا در روی زمین پست‌تر و بیچاره‌تر و درمانده‌تر هستم، خب آدم می‌فهمد این اولیاء شوخی ندارند این اولیاء چی فهمیدند؟ از قضیه چه فهمیدند که دارند...، آقای حداد اِ اِ اِ، اِ اِ ندارد آقا همین مسئله همین است، اگر نازی کند از هم فرو ریزند قالب‌ها و اصلا نابود شوند قالبها نه اینکه فقط فروریزند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">نه خدایی می‌ماند نه پیغمبری و نه چیزی </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ayat2Matn++"/>
@@ -526,220 +706,223 @@
         </w:rPr>
         <w:t xml:space="preserve">ـ برو تو مسلمان هم نیستی! اصلا چه کسی گفته تو اصلا مسلمان هستی؟! چرا داری خودت را به پیغمبر نسبت می‌دهی؟! این حرفها چیست؟! ما حوصله این حرفها را نداریم! یا بیا بیعت کن یا همین است که داری می‌بینی! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ بابا من پسر پیغمبر حداقل هستم یا نیستم؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ نه، چه اشکال دارد یکی پسر یکی باشد. پسر نوح با بدان بنشست خاندان نبوتش گم شد! خب تو هم پسر پیغمبر هستی باش، اگر تو می‌خواهی ما تو را مسلمان بدانیم، اگر می‌خواهی به رویت شمشیر نکشیم، اگر می‌خواهی تو را در کنار خودمان قرار بدهیم باید بروی با یزید عنتربازِ سگ بازِ زن بازِ فلان بیایی بنشینی بیعت کنی و رفیق بشوی! آره دیگر معنایش همین بود دیگر، اینها چی هستند؟ اینها همان، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">نقلب افئدتهم </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اینجاست.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">لذا امام حسین علیه السلام درباره آنها چه می‌فرماید: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">استحوذ علیهم</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">! شیطان همه را گرفته هیچ روزنه‌ای باقی نمانده هیچ روزنه‌ای باقی نمانده، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">استحوذ علیهم الشیطان فانساهم </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">حالا هر چه امام‌حسین علیه السلام بیاید خطبه بخواند هیچی، اصلا انگار یس در گوش خر می‌خوانند هیچی، هر چه بیاید بگوید آقا من... آخر شما مسلمان هستید دارید نماز من را می‌بینید آخر من چه را حرام کردم چه را حلال کردم؟ ما به این حرفها کاری نداریم باید بیایی و بیعت کنی، ما به هیچی کار نداریم! اینجا که شد آن وقت دیگر حضرت شروع کردند آنها را نفرین کردن، خدایا نعمت خودت را از آنها بردار! خدایا بر آنها کسی را مسلط کن که بر آنها رحم نکند! و چه کند و فلان و این حرفها. ولی بعضی‌ها اینجا بودند که به آن آخر نرسیده بودند مثلا مثل حر و امثال ذلک و با آن اشتباهات و خطاها و اینها جای خالی را باقی گذاشتند، امام حسین هم از همان جای خالی‌شان وارد شد از همان جا، از همان جایی که پر نشده بود صددرصد دیگر همه جا را نگرفته بود. توجه می‌فرمایید؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">خب از خدا بخواهیم که خداوند این مسئله را در ما متحقق کند، این قضیه عبودیت و این مطلب بندگی را در ما متحقق کند و احساس گناه و احساس اشتباه و احساس خطا را در ما از یک طرف، و امید به پروردگار و توکل به پروردگار و رجاء نسبت به رحمت پروردگار و اینها را از آن‌طرف نسبت به ما به وجود بیاورد که فرمودند سالک با دو بال خوف و رجاء حرکت می‌کند، نه خوف تنها و نه رجاء تنها، هر کدام از اینها آفت دارد. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللَهم صل علی محمد و آل محمد </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00FF2A7F">
+    <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId4"/>
       <w:footerReference w:type="default" r:id="rId5"/>
       <w:footerReference w:type="first" r:id="rId6"/>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="0" w:footer="289" w:gutter="0"/>
+      <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
-        <w:col w:w="8277" w:space="708"/>
+        <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Anvar">
-    <w:panose1 w:val="02000400000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002007" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
+    <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_Quraan">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="f anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1000,61 +1183,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="33" name="_x0000_i0033" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0033" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
@@ -5172,56 +5355,55 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundFooter/>
   <w:bordersDoNotSurroundHeader/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="0" w:directFormattingOnParagraphs="0" w:directFormattingOnRuns="0" w:directFormattingOnTables="0" w:headingStyles="1" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="1" w:tableStyles="0" w:top3HeadingStyles="0" w:visibleStyles="0"/>
   <w:doNotTrackMoves/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:preSp m:val="0"/>
     <m:postSp m:val="0"/>
     <m:interSp m:val="0"/>
     <m:intraSp m:val="0"/>
     <m:wrapIndent m:val="1440"/>
@@ -5230,51 +5412,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
@@ -5499,51 +5681,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Book Title" w:uiPriority="39"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E8177B"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="6804"/>
       </w:tabs>
       <w:bidi/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
@@ -6318,51 +6500,51 @@
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalA++">
     <w:name w:val="NormalA ++"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NormalA++Char">
     <w:name w:val="NormalA ++ Char"/>
     <w:locked/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi++">
-    <w:name w:val="Revayat Arabi++"/>
+    <w:name w:val="Revayat Arabi ++"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="auto"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiMatn++">
     <w:name w:val="Revayat Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
@@ -6432,72 +6614,75 @@
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinFarsi++">
     <w:name w:val="Vasat Chin Farsi ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiMatn++">
     <w:name w:val="Ashaar Arabi Matn ++"/>
     <w:basedOn w:val="NormalA++"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiNaghleghol++">
     <w:name w:val="Ashaar Arabi Naghleghol ++"/>
     <w:basedOn w:val="NormalA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiPavaraghi++">
     <w:name w:val="Ashaar Arabi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteTextA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00E8177B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6(-)">
     <w:name w:val="Heading 6 (-)"/>
     <w:basedOn w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rPr>
       <w:sz w:val="16"/>
@@ -6707,62 +6892,64 @@
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiMatn++">
     <w:name w:val="Ashaar Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiNaghleghol++">
     <w:name w:val="Ashaar Farsi Naghleghol ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiPavaraghi++">
     <w:name w:val="Ashaar Farsi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:next w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
@@ -6822,250 +7009,279 @@
     <w:rsid w:val="009471F6"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Englishpavaraghi++Char">
     <w:name w:val="English pavaraghi ++ Char"/>
     <w:basedOn w:val="EnglishMatn++Char"/>
     <w:rsid w:val="00FF2A7F"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00C9631E"/>
     <w:rPr>
       <w:color w:val="D6D4CA" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MatnVasatChin">
+    <w:name w:val="MatnVasatChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholMatn">
+    <w:name w:val="Naghleghol Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholPavaraghi">
+    <w:name w:val="Naghleghol Pavaraghi"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF098B"/>
+    <w:pPr>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
+    <w:name w:val="Revayat Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DE3DAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rMatn">
     <w:name w:val="She'r Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
-[...12 lines deleted...]
-    <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:bidi="fa-IR"/>
-[...11 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="3366FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rNaghleghol">
     <w:name w:val="She'r Naghleghol"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="666699"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rPavaraghi">
     <w:name w:val="She'r Pavaraghi"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="008080"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SoalMatn">
     <w:name w:val="Soal Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
+    <w:rsid w:val="006A46D0"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="FF00FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
-    <w:name w:val="Revayat Arabi"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Toggle_MS_V1">
+    <w:name w:val="Toggle_MS_V1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A67403"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B4B23" w:themeColor="accent6" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Arabi">
+    <w:name w:val="Arabi"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
-[...42 lines deleted...]
-      <w:lang w:bidi="fa-IR"/>
+    <w:rsid w:val="00E051F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:eastAsia="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Asrar"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinMatn">
     <w:name w:val="VasatChin Matn"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="339966"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinPavaraghi">
-[...1 lines deleted...]
-    <w:basedOn w:val="FootnoteText"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
+    <w:name w:val="ChapChin"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="00FF00"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="54159998">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="79758352">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187329520">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="289478946">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406267228">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407927020">
       <w:marLeft w:val="0"/>
@@ -7142,50 +7358,62 @@
     <w:div w:id="1159494460">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181622686">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200238293">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217547524">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1299339894">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368096135">
       <w:marLeft w:val="0"/>
@@ -7634,120 +7862,120 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amin;Mohammad Reza</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>5</cp:revision>
+  <cp:lastModifiedBy>sadek jomaa</cp:lastModifiedBy>
+  <cp:revision>19</cp:revision>
   <cp:lastPrinted>2018-10-29T19:08:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-09-11T14:02:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-09-11T16:40:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2019-09-22T15:42:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2024-01-15T12:06:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-  <TotalTime>150</TotalTime>
+  <Template>Normal</Template>
+  <TotalTime>2720</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Majmaa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{439561B8-367C-45CB-8F78-76552F388B6B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C03CE746-167E-4C26-9BCD-3378C92DA4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Company>Majmaa</Company>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amin_x003B_Mohammad Reza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>