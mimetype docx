--- v0 (2025-11-05)
+++ v1 (2025-12-22)
@@ -13,175 +13,292 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr/>
+      </w:pPr>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">سال١٤٣٨- جلسه٧- حقیقت گناه و توضیح مسئلۀ «سالک گناه نمی‌کند»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هو العليم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حقیقت گناه و توضیح مسئلۀ «سالک گناه نمی‌کند</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی - رمضان المبارک 1438 - مجلس هفتم </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بیانات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حضرت آیت‌اللَه حاج سید محمدمحسن حسینی طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدس الله سره</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">أعوذُ بِاللَه مِنَ الشَّیطانِ الرَّجیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ اللَه الرَّحمَنِ الرَّحیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلَّی‌ اللَه عَلَی سیّدنا و نبیّنا أبی‌القاسم مُحَمّدٍ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و علی آله الطّیبین الطّاهرین و اللعنة عَلَی أعدائِهِم أجمَعینَ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">وَ لَوْ خِفْتُ تَعْجِیلَ الْعُقُوبَةِ لاجْتَنَبْتُهُ لا لِأَنَّکَ أَهْوَنُ النَّاظِرِینَ وَ أَخَفُّ الْمُطَّلِعِینَ بَلْ لِأَنَّکَ یَا رَبِّ خَیْرُ السَّاتِرِینَ وَ أَحْکَمُ الْحَاکِمِینَ وَ أَکْرَمُ الْأَکْرَمِینَ.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اگر ترس از تعجیل عقوبت تو داشتم ای پروردگار و ای خدای من از گناه به تحقیق اجتناب می‌کردم، وقتی انسان بترسد خب دلیلی ندارد که اقدام کند نسبت به یک چیزی، و این نه به این جهت است که تو در نظارت خودت در مرتبه پایین قرار داری، یا در اطلاعی که نسبت به اعمال و رفتار و کردار ما داری چندان وزن و حسابی در کارت نیست، بلکه به این جهت است ای پروردگار من که تو ساتر هستی، بهترین ساتر و بهترین حاکم در مقام حکم و قضاوت و در مقام کرامت در مرتبه اعلی از بزرگواری قرار داری.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و این عجیب است که چطور امام علیه السلام سه مرتبه پشت سر هم و یکی را مترتب بر دیگری، اول می‌فرماید که خدایا تو، یعنی عرضه می‌دارد که تو بهترین ساتر هستی، می‌پوشانی، بعد بهترین حاکم هستی در مقام قضاوت، بعد بالاترین مقام کرامت را در مقام عفو و بخشش داری و این سه تا پشت سر هم است که حالا اگر خدا توفیق داد مطالبی عرض می‌شود.</w:t>
       </w:r>
@@ -236,201 +353,131 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">﴿ق‌، ٣٠﴾ ، به جهنم می‌گوییم پر شدی؟ می‌گوید به! چه پر شدی چهارتا و نصفی ریختی اینجا می‌گویی پر شدی، بده ببینیم بابا، کجا پر شدم! </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">او می‌گفت من رفتم چیزی ندیدم خدا جهنمی خلق نکرده ما با خودمان... و همین‌طور هم هست آنچه که ما می‌بریم در آنجا جهنم است، آن حالی که از ما استمرار پیدا می‌کند از این رفتن به آن‌طرف و همین‌طور عوالم برزخ تا می‌رسد به قیامت، خیال نکنیم در عوالم برزخ شخص صاف و پاک می‌شود، نه! آن حال کدورت، آن حال ظلمت، آن حال تکدر و قبض و بستگی که در آن هست همان حال امتداد پیدا می‌کند تا روز قیامت. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">امیرالمومنین علیه السلام حکومتش را گرفتند خلافتش را غصب کردند اولی دومی سومی و بعد هم بعدها که خب چه کردند، نقل می‌کنند تا روز آخر آن دومی دست از... نمی‌خواست اعتراف کند و به این خلافی که انجام شده بیاید و اعتراف بکند، و در همان لحظات احتضار آمدند نزدش و گفتند که دیگر الان لحظات آخر است بیا اعتراف بکن! گفت </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">، من نمی‌توانم اصلا ببینم این بر خلافت است [زنده باشم یا مرده] عجب! این چه می‌خواهد آدم، تو که داری می‌میری بابا! حالا هر کاری کردی، کردی این مدت، حالا که داری می‌میری دیگر چرا؟ دیگر می‌میری تمام شد، می‌گوید نه اصلا! یعنی این ظلمت به کجا می‌رسد؟ این ظلمت نفس و کدورت نفس.</w:t>
+        <w:t xml:space="preserve">امیرالمومنین علیه السلام حکومتش را گرفتند خلافتش را غصب کردند اولی دومی سومی و بعد هم بعدها که خب چه کردند، نقل می‌کنند تا روز آخر آن دومی دست از... نمی‌خواست اعتراف کند و به این خلافی که انجام شده بیاید و اعتراف بکند، و در همان لحظات احتضار آمدند نزدش و گفتند که دیگر الان لحظات آخر است بیا اعتراف بکن! گفت لا اتحمله حیاً و لا میتاً، من نمی‌توانم اصلا ببینم این بر خلافت است [زنده باشم یا مرده] عجب! این چه می‌خواهد آدم، تو که داری می‌میری بابا! حالا هر کاری کردی، کردی این مدت، حالا که داری می‌میری دیگر چرا؟ دیگر می‌میری تمام شد، می‌گوید نه اصلا! یعنی این ظلمت به کجا می‌رسد؟ این ظلمت نفس و کدورت نفس.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">دیشب عرض کردم خدمت‌تان که آدم به یک جایی می‌رسد اصلا آقا این دیگر این قلب بسته می‌شود، دیگر روزنه‌ای برایش نمی‌ماند تا اینکه بخواهد از آن روزنه نور را وارد کند، شما وقتی می‌خواهید بر روی صفحه کاغذ یک چیزی بنویسید خب باید این صفحه کاغذ جا داشته باشد یا نداشته باشد؟ اگر همه صفحه کاغذ را شما برداشتید سیاه کردید با مرکب برداشتید همه را قشنگ یک قلم ‌مو کشیدید و بالا و پایین و... حالا کجایش می‌خواهید بنویسید؟ کجایش می‌خواهید مطلب بنویسید؟ کجایش می‌خواهید </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">بنویسید، کجایش می‌خواهید یک چیزی بنویسید؟ همه این صفحه را شما برداشتید با قلم‌مو سیاه کردید. </w:t>
+        <w:t xml:space="preserve">دیشب عرض کردم خدمت‌تان که آدم به یک جایی می‌رسد اصلا آقا این دیگر این قلب بسته می‌شود، دیگر روزنه‌ای برایش نمی‌ماند تا اینکه بخواهد از آن روزنه نور را وارد کند، شما وقتی می‌خواهید بر روی صفحه کاغذ یک چیزی بنویسید خب باید این صفحه کاغذ جا داشته باشد یا نداشته باشد؟ اگر همه صفحه کاغذ را شما برداشتید سیاه کردید با مرکب برداشتید همه را قشنگ یک قلم ‌مو کشیدید و بالا و پایین و... حالا کجایش می‌خواهید بنویسید؟ کجایش می‌خواهید مطلب بنویسید؟ کجایش می‌خواهید بسم اللَه بنویسید، کجایش می‌خواهید یک چیزی بنویسید؟ همه این صفحه را شما برداشتید با قلم‌مو سیاه کردید. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">لذا نمی‌تواند و راست هم می‌گوید </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">، من نمی‌توانم من تمام صفحه دلم را با قلم‌مو سیاه کردم و خلافت امیرالمومنین خلافت حق است، قبول این خلافت برای علی یعنی هنوز یک خرده اینجا مانده، یک خرده جایش سیاه نشده در حالی که همه جا سیاه شده، لذا راست هم می‌گوید می‌گوید من اصلا نمی‌توانم، حالا اگر ‌بگویند عثمان، می‌گوید بله بله اصلا عثمان باید همین باشد اصلا نمی‌شود که نباشد... چرا؟ چون مثل همدیگر هستند، در یک خط دارند حرکت می‌کنند، در یک مسیر و اینها برای ما خیلی مسئله مهم است‌ ها! نگاه کنیم تمایلات خودمان را ببینیم به کدام سمت و سو است، این یکی از گراهایی است که آدم می‌تواند اینها را مورد توجه قرار بدهد، علاقه‌مان ببیند به مسائل به کدام طرف می‌رود، راجع به مسائل مختلف ببیند از چه کسی می‌خواهد حمایت و از چه کسی می‌خواهد طرفداری کند، نشان می‌دهد این یک وجه اشتراکی این وسط هست، یک وجه اشتراک که دارد می‌گوید من او را می‌خواهم، تمایل به او دارم، علاقه‌ام به او است، این را انتخاب می‌خواهم بکنم، این را می‌خواهم گزینش کنم، آن را می‌خواهم، این را انتخاب و گزینش بکنم من آن را می‌خواهم این برای چیست؟ این روی چه عاملی پی می‌گیرد؟ به چه جهت است؟ یعنی کشکی است؟ نه! این برمی‌گردد به اینجا همه برمی‌گردد به اینجا.</w:t>
+        <w:t xml:space="preserve">لذا نمی‌تواند و راست هم می‌گوید لا اتحمل، من نمی‌توانم من تمام صفحه دلم را با قلم‌مو سیاه کردم و خلافت امیرالمومنین خلافت حق است، قبول این خلافت برای علی یعنی هنوز یک خرده اینجا مانده، یک خرده جایش سیاه نشده در حالی که همه جا سیاه شده، لذا راست هم می‌گوید می‌گوید من اصلا نمی‌توانم، حالا اگر ‌بگویند عثمان، می‌گوید بله بله اصلا عثمان باید همین باشد اصلا نمی‌شود که نباشد... چرا؟ چون مثل همدیگر هستند، در یک خط دارند حرکت می‌کنند، در یک مسیر و اینها برای ما خیلی مسئله مهم است‌ ها! نگاه کنیم تمایلات خودمان را ببینیم به کدام سمت و سو است، این یکی از گراهایی است که آدم می‌تواند اینها را مورد توجه قرار بدهد، علاقه‌مان ببیند به مسائل به کدام طرف می‌رود، راجع به مسائل مختلف ببیند از چه کسی می‌خواهد حمایت و از چه کسی می‌خواهد طرفداری کند، نشان می‌دهد این یک وجه اشتراکی این وسط هست، یک وجه اشتراک که دارد می‌گوید من او را می‌خواهم، تمایل به او دارم، علاقه‌ام به او است، این را انتخاب می‌خواهم بکنم، این را می‌خواهم گزینش کنم، آن را می‌خواهم، این را انتخاب و گزینش بکنم من آن را می‌خواهم این برای چیست؟ این روی چه عاملی پی می‌گیرد؟ به چه جهت است؟ یعنی کشکی است؟ نه! این برمی‌گردد به اینجا همه برمی‌گردد به اینجا.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">آن داستانی که مرحوم آقا هم نقل می‌کردند از آن شخصی که آمده بود و چشمش به پیغمبر که نشسته بودند افتاده بود گفت رسول اللَه چقدر زیبا هستی چقدر قشنگ هستی، چه جمالی داری! حضرت فرمودند راست می‌گویی، راست می‌گویی، بعد رفت یکی دیگر آمد - و چه آدم بی‌تربیتی هم بوده - گفت چقدر تو چهره‌ات چهره مکدری است! </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">کریه است، چقدر چهره‌ات چهره نامناسبی هست! حضرت هم فرمودند راست می‌گویی همین‌طور است. خب افراد تعجب کردند حضرت به هر دو تا می‌گویند راست می‌گویی، درست داری می‌گویی، این درست می‌گویی به چه برمی‌گردد؟ این درست می‌گویی به این برمی‌گردد نه اینکه من چهره‌ام چهره زشت است، تو داری راست می‌گویی، تو داری از آن قلب خودت داری حکایت می‌کنی و این درست است، او هم دارد از قلب خودش حکایت می‌کند آن هم درست است، یعنی دو نفر دو خبر متناقض ١٨٠ درجه و هر دو دارند راست می‌گویند، چرا؟ هر دو دارند صورت خودشان را در آینه می‌بینند. </w:t>
+        <w:t xml:space="preserve">آن داستانی که مرحوم آقا هم نقل می‌کردند از آن شخصی که آمده بود و چشمش به پیغمبر که نشسته بودند افتاده بود گفت رسول اللَه چقدر زیبا هستی چقدر قشنگ هستی، چه جمالی داری! حضرت فرمودند راست می‌گویی، راست می‌گویی، بعد رفت یکی دیگر آمد - و چه آدم بی‌تربیتی هم بوده - گفت چقدر تو چهره‌ات چهره مکدری است! نعوذ باللَه کریه است، چقدر چهره‌ات چهره نامناسبی هست! حضرت هم فرمودند راست می‌گویی همین‌طور است. خب افراد تعجب کردند حضرت به هر دو تا می‌گویند راست می‌گویی، درست داری می‌گویی، این درست می‌گویی به چه برمی‌گردد؟ این درست می‌گویی به این برمی‌گردد نه اینکه من چهره‌ام چهره زشت است، تو داری راست می‌گویی، تو داری از آن قلب خودت داری حکایت می‌کنی و این درست است، او هم دارد از قلب خودش حکایت می‌کند آن هم درست است، یعنی دو نفر دو خبر متناقض ١٨٠ درجه و هر دو دارند راست می‌گویند، چرا؟ هر دو دارند صورت خودشان را در آینه می‌بینند. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">رسول خدا یک چهره بی‌چهره‌ای دارد، آب است مثل آب زلال می‌ماند، رنگ ندارد، آب کاسه را دیده‌اید؟ در کاسه نگاه کنید هیچ رنگی ندارد، کی این رنگ پیدا می‌کند وقتی شما سرتان را ببرید رویش همین که ببرید چهره‌تان می‌افتد روی این کاسه آب، کاسه چه چیز را نشان می‌دهد؟ چهره من را نشان می‌دهد حالا من چهره‌ام هر چه می‌خواهد باشد سیاه باشم در این سیاه نشان می‌دهد، سفید باشم در این سفید نشان می‌دهد، هر چه باشد و به هر قسمی باشد، آب همان را نشان می‌دهد آینه هم همان‌طور همان را نشان می‌دهد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">پس این رسول خدا که الان نشسته گرچه الان این یک صورتی دارد و آن صورتش ابرو دارد بینی دارد، چشم دارد، محاسن دارد، مو دارد، همه اینها را دارد ولی به لحاظ این که آن سیرت رسول اللَه غلبه می‌کند بر صورت او، آن صورت را تحت تاثیر آن سیرت بی‌رنگ می‌کند، وقتی که بی‌رنگ شد یعنی همان حق، حقی که هیچ رنگی ندارد، حق رنگ ندارد، حق اصلا رنگ ندارد، چون تقیّد ندارد، قید ندارد، وقتی که بی‌رنگ شد آن شخصی که می‌آید کنار پیغمبر می‌نشیند اگر از مصاحبت پیغمبر لذت برد معنایش چیست؟ معنایش این است که نزدیک پیغمبر است اگر از مصاحبت پیغمبر لذت نبرد و حوصله‌اش سر رفت و می‌خواهد زود بلند شود برود، دو دقیقه نشسته می‌گوید زود بلند شویم برویم دیگر اصلا نمی‌تواند بنشیند، اصلا زیرش سیخ کرده‌اند! روی میخ گرفته نشسته! می‌خواهد برود، معلوم است کارش خیلی خراب است، چرا؟ نمی‌تواند حق را در کنار خودش بپذیرد، در وجود خودش حق را نمی‌تواند بپذیرد، پیامبر آن صورت است، صحبت که می‌کند:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">- چه دارد می‌گوید بابا! تمامش کن بیا پایین دیگر!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> اما آن کسی که دلش در همان وادی است پیغمبر نیم ساعت حرف بزند اِ! بابا دو دقیقه حرف زد تمام شد! چرا باز هم حرف نمی‌زند؟ نیم ساعت را دو دقیقه می‌بیند، این دو دقیقه را یک ساعت می‌بیند، آن سنگین است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> پیغمبر که صحبت می‌کند آن حالت روحانی پیغمبر و حقیقت پیغمبر و مقام انبساط نفس رسول اللَه بروز و ظهور می‌کند و به این می‌خورد، این نمی‌گیرد وقتی نمی‌گیرد انگار مثل چکش دارند در سرش می‌زنند، یعنی هی حق می‌خورد، این حق چکش است، آن حق به آن می‌رود مثل آب زلالی که وارد باغچه می‌شود و وارد خاک می‌شود، هی می‌رود و تبدیل به طراوت و اینها می‌شود. کلام پیغمبر است ولی چکش است، آن کلام پیغمبر است مثل آب باران است، مثل آن آب گوارایی است که تشنه هی می‌خورد این تشنگی را برطرف می‌کند، اینجاست که هر دو راست می‌گویند هر دو راست می‌گویند که آن صورت پیغمبر، آن کلام پیغمبر، آن همنشینی پیغمبر، آن دستور پیغمبر همه اینها برای آن اولی اصلا حکم روح و ریحان و به اصطلاح شمیم عطرآگینی است که انسان هی استشمام می‌کند و خود را مستقیم نمی‌بیند. ولی به عکس آن افراد دیگری که خلاصه کارشان مشکل دارند به این کیفیت. لذا آن می‌گوید </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">، من اصلا نمی‌توانم علی را در خلافت ببینم چه مرده باشم چه زنده! این حالت منتقل به قبر می‌شود و منتقل به برزخ می‌شود ـ اینهایی که در برزخ درست نیست حسابش را می‌رسند ـ همین‌طور بعد منتقل به قیامت می‌شود، این کدورت نفسانی او در روز قیامت که موقع بروز و ظهور است آن حالت نفس هست به صورت شعله‌های سوزانی درمی‌آید که او را فرا گرفته، فرقش این است که در دنیا این سوزش را احساس نمی‌کند در روز قیامت احساس می‌کند وگرنه هیچ تفاوتی ندارد. به اندازه سر سوزنی در روز قیامت خدا آتش درست نمی‌کند اصلا و ابدا. لذا در قرآن هم داریم </w:t>
+        <w:t xml:space="preserve"> پیغمبر که صحبت می‌کند آن حالت روحانی پیغمبر و حقیقت پیغمبر و مقام انبساط نفس رسول اللَه بروز و ظهور می‌کند و به این می‌خورد، این نمی‌گیرد وقتی نمی‌گیرد انگار مثل چکش دارند در سرش می‌زنند، یعنی هی حق می‌خورد، این حق چکش است، آن حق به آن می‌رود مثل آب زلالی که وارد باغچه می‌شود و وارد خاک می‌شود، هی می‌رود و تبدیل به طراوت و اینها می‌شود. کلام پیغمبر است ولی چکش است، آن کلام پیغمبر است مثل آب باران است، مثل آن آب گوارایی است که تشنه هی می‌خورد این تشنگی را برطرف می‌کند، اینجاست که هر دو راست می‌گویند هر دو راست می‌گویند که آن صورت پیغمبر، آن کلام پیغمبر، آن همنشینی پیغمبر، آن دستور پیغمبر همه اینها برای آن اولی اصلا حکم روح و ریحان و به اصطلاح شمیم عطرآگینی است که انسان هی استشمام می‌کند و خود را مستقیم نمی‌بیند. ولی به عکس آن افراد دیگری که خلاصه کارشان مشکل دارند به این کیفیت. لذا آن می‌گوید لا اتحمله حیاً و لا میتاً، من اصلا نمی‌توانم علی را در خلافت ببینم چه مرده باشم چه زنده! این حالت منتقل به قبر می‌شود و منتقل به برزخ می‌شود ـ اینهایی که در برزخ درست نیست حسابش را می‌رسند ـ همین‌طور بعد منتقل به قیامت می‌شود، این کدورت نفسانی او در روز قیامت که موقع بروز و ظهور است آن حالت نفس هست به صورت شعله‌های سوزانی درمی‌آید که او را فرا گرفته، فرقش این است که در دنیا این سوزش را احساس نمی‌کند در روز قیامت احساس می‌کند وگرنه هیچ تفاوتی ندارد. به اندازه سر سوزنی در روز قیامت خدا آتش درست نمی‌کند اصلا و ابدا. لذا در قرآن هم داریم </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ayat2Matn++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">وَ إِنَّ جَهَنَّمَ لَمُحِيطَةٌ بِالْكٰافِرِينَ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">﴿التوبة، ٤٩﴾</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ayat2Matn++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> و </w:t>
       </w:r>
       <w:r>
@@ -668,173 +715,163 @@
         </w:rPr>
         <w:t xml:space="preserve">و نسبت به همه بزرگان این مسئله بوده، نسبت به همه بوده، یعنی تا آنجایی که من در نظر داشتم و دیدم و نسبت به احوال آنها این قضیه وجود داشته و بر این اساس انسان باید حالش را جوری قرار بدهد و به دنبال این باشد که حال فردی باشد که در مقام خوف است و اشتباهی که می‌کند و خطایی که می‌کند در صدد جبران بربیاید و توبه و انابه بکند و از خدا بخواهد که از گناهش بگذرد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">خلاصه بگویم و سربسته، خدا از بنده‌‌ای خوشش می‌آید که بگوید خدایا من غلط کردم، از این خوشش می‌آید. آن بنده‌ای که می‌گوید خدایا من دیشب بلند شدم نماز شب خواندم خیلی از این [خوشش نمی‌آید] آن بنده‌ای که بگوید آقا من رفتم امروز دست در جیبم کردم فلان قدر به فقیر پول دادم، آن بنده‌ای که بیاید بگوید من امروز فلان دعا را خواندم، آن بنده‌ای که بگوید من امروز شش جزء قرآن خواندم، آنکه بیاید بگوید این کار و آن کار را کردم، می‌گوید خب خواندی که خواندی خب خیرش را هم خودت بردی، ثوابش را هم خودت بردی اگر هم چیزی بوده به خودت رسیده حالا چرا به حساب ما داری می‌گذاری؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اما اگر بنده‌ای بیاید بگوید خدا من این غلطی که کردم این اشتباهی که کردم بیا تو ببخش! خدا این را دوست دارد، این را می‌خواهد، بنده‌ای که توجه به او می‌کند بدون اینکه بخواهد خودش را مطرح کند. تو چه کسی هستی که خودت را جلوی من مطرح می‌کنی؟ تمام اینها مطرح کردن است دیگر. در عین اینکه انسان باید به دستور عمل کند و مو به مو به مطالب و دستورات و فرامین عمل کند به جای خود، در عین حال در نفس و در ارتباط با پروردگار نباید حالش حالی باشد که این را بخواهد به حساب خودش بگذارد، خدا توفیق عمل و فهم و درک این مطالب را بیش از پیش به همه ما عنایت کند.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
-[...10 lines deleted...]
-        <w:pStyle w:val="VasatChinArabi++"/>
+      <w:pPr>
+        <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللَهم صل علی محمد و آل محمد</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00FF2A7F">
+    <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="first" r:id="rId7"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="0" w:footer="289" w:gutter="0"/>
+      <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
-        <w:col w:w="8277" w:space="708"/>
+        <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Anvar">
-    <w:panose1 w:val="02000400000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002007" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
+    <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_Quraan">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="f anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1095,61 +1132,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="3" name="_x0000_i0003" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0003" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
@@ -1180,51 +1217,51 @@
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">پیراهن‌هایشان از قطران [ماده‌ای متعفّن، قابل اشتعال و بدبو] است، و آتش چهره‌هایشان را می‌پوشاند. </w:t>
+        <w:t xml:space="preserve"> پیراهن‌هایشان از قطران [ماده‌ای متعفّن، قابل اشتعال و بدبو] است، و آتش چهره‌هایشان را می‌پوشاند. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -5317,56 +5354,55 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundFooter/>
   <w:bordersDoNotSurroundHeader/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="0" w:directFormattingOnParagraphs="0" w:directFormattingOnRuns="0" w:directFormattingOnTables="0" w:headingStyles="1" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="1" w:tableStyles="0" w:top3HeadingStyles="0" w:visibleStyles="0"/>
   <w:doNotTrackMoves/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:pos w:val="pageBottom"/>
     <w:numFmt w:val="decimal"/>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:lMargin m:val="0"/>
@@ -5382,51 +5418,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
@@ -5651,51 +5687,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Book Title" w:uiPriority="39"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E8177B"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="6804"/>
       </w:tabs>
       <w:bidi/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
@@ -6470,51 +6506,51 @@
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalA++">
     <w:name w:val="NormalA ++"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NormalA++Char">
     <w:name w:val="NormalA ++ Char"/>
     <w:locked/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi++">
-    <w:name w:val="Revayat Arabi++"/>
+    <w:name w:val="Revayat Arabi ++"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="auto"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiMatn++">
     <w:name w:val="Revayat Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
@@ -6584,72 +6620,75 @@
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinFarsi++">
     <w:name w:val="Vasat Chin Farsi ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiMatn++">
     <w:name w:val="Ashaar Arabi Matn ++"/>
     <w:basedOn w:val="NormalA++"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiNaghleghol++">
     <w:name w:val="Ashaar Arabi Naghleghol ++"/>
     <w:basedOn w:val="NormalA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiPavaraghi++">
     <w:name w:val="Ashaar Arabi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteTextA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00E8177B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6(-)">
     <w:name w:val="Heading 6 (-)"/>
     <w:basedOn w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rPr>
       <w:sz w:val="16"/>
@@ -6859,62 +6898,64 @@
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiMatn++">
     <w:name w:val="Ashaar Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiNaghleghol++">
     <w:name w:val="Ashaar Farsi Naghleghol ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiPavaraghi++">
     <w:name w:val="Ashaar Farsi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:next w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
@@ -6974,250 +7015,279 @@
     <w:rsid w:val="009471F6"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Englishpavaraghi++Char">
     <w:name w:val="English pavaraghi ++ Char"/>
     <w:basedOn w:val="EnglishMatn++Char"/>
     <w:rsid w:val="00FF2A7F"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00C9631E"/>
     <w:rPr>
       <w:color w:val="D6D4CA" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MatnVasatChin">
+    <w:name w:val="MatnVasatChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholMatn">
+    <w:name w:val="Naghleghol Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholPavaraghi">
+    <w:name w:val="Naghleghol Pavaraghi"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF098B"/>
+    <w:pPr>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
+    <w:name w:val="Revayat Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DE3DAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rMatn">
     <w:name w:val="She'r Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
-[...12 lines deleted...]
-    <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:bidi="fa-IR"/>
-[...11 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="3366FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rNaghleghol">
     <w:name w:val="She'r Naghleghol"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="666699"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rPavaraghi">
     <w:name w:val="She'r Pavaraghi"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="008080"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SoalMatn">
     <w:name w:val="Soal Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
+    <w:rsid w:val="006A46D0"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="FF00FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
-    <w:name w:val="Revayat Arabi"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Toggle_MS_V1">
+    <w:name w:val="Toggle_MS_V1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A67403"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B4B23" w:themeColor="accent6" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Arabi">
+    <w:name w:val="Arabi"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
-[...42 lines deleted...]
-      <w:lang w:bidi="fa-IR"/>
+    <w:rsid w:val="00E051F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:eastAsia="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Asrar"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinMatn">
     <w:name w:val="VasatChin Matn"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="339966"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinPavaraghi">
-[...1 lines deleted...]
-    <w:basedOn w:val="FootnoteText"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
+    <w:name w:val="ChapChin"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="00FF00"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="54159998">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="79758352">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187329520">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="289478946">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406267228">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407927020">
       <w:marLeft w:val="0"/>
@@ -7294,50 +7364,62 @@
     <w:div w:id="1159494460">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181622686">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200238293">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217547524">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1299339894">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368096135">
       <w:marLeft w:val="0"/>
@@ -7786,120 +7868,120 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amin;Mohammad Reza</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>5</cp:revision>
+  <cp:lastModifiedBy>sadek jomaa</cp:lastModifiedBy>
+  <cp:revision>19</cp:revision>
   <cp:lastPrinted>2018-10-29T19:08:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-09-11T14:02:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-09-11T16:40:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2019-09-22T15:42:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2024-01-15T12:06:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-  <TotalTime>150</TotalTime>
+  <Template>Normal</Template>
+  <TotalTime>2720</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Majmaa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{439561B8-367C-45CB-8F78-76552F388B6B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C03CE746-167E-4C26-9BCD-3378C92DA4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Company>Majmaa</Company>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amin_x003B_Mohammad Reza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>