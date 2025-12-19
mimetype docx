--- v0 (2025-11-02)
+++ v1 (2025-12-19)
@@ -18,283 +18,285 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinFarsi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinFarsi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العلیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinFarsi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اهمیت عیب پوشی در سیروسلوک </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinFarsi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> و تأثیر نفسانیات در رفتار انسان</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinFarsi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinFarsi++"/>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی ـ سال 1438 هجری قمری ـ جلسه 9</w:t>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی ـ رمضان المبارک 1438 ـ جلسه نهم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بیانات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">آیت‌الله حاج سید محمدمحسن حسینی طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدّس اللّه سرّه</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinFarsi++"/>
-[...35 lines deleted...]
-        <w:pStyle w:val="VasatChinFarsi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
-[...6 lines deleted...]
-        <w:pStyle w:val="VasatChinArabi++"/>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">أعوذُ بِالله مِنَ الشَّیطانِ الرَّجیم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بِسمِ الله الرّحمٰنِ الرّحیم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الحمد لله ربّ العالمین و صلّی الله عَلَی سیّدنا و نبیّنا أبی‌القاسم محمّد</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">و علی آله الطّیبین الطّاهرین و اللعنة عَلَی أعدائِهِم أجمَعینَ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
-[...71 lines deleted...]
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="NormalA++"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ای پروردگار، اگر من ترس از تعجیل عقوبت داشتم که تو عقوبت مرا سریع انجام می‌دادی، از گناه و معصیت اجتناب می‌کردم. پس این ترسی که از تعجیل عقوبت ندارم، به این جهت نیست که تو نظارت بر کار من نداری و در کار نظارتت سست و </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1161,51 +1163,51 @@
         <w:t xml:space="preserve">و این قضیّه ستاریّت بسیار عجیب است ـ‌ البتّه دیگر فرصت نیست ـ حالا به‌طور اجمال عرض کردم. آن ‌قدر ما روایات، و اخبار و آثار راجع به این مسئله داریم، چه از این طرف چه از آن طرف: آن بنده‌ای که سَتر بکند در روز قیامت خدا گناهانش را ستر می‌کند، آن بنده‌ای که عیب مومنی را بپوشاند خدا عیبش را می‌پوشاند، آن بنده‌ای که... </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و در مقابل آن کسی که بیاید إفشا کند، خدا او را از دنیا نمی‌برد مگر اینکه او را به همان بلیّه رسوا می‌کند! با همانی‌که دارد تهمت می‌زند و آبرو او را می‌برد، خدا همان را مبتلا می‌کند، به همان مبتلا می‌کند! الی‌ ما شاء الله [نمونه دارد] و تجربه هم مسئله را ثابت کرده است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">خب این ستاریّت به یک معنا که «خدای متعال عیوب بندگان را برای بندگان إفشا نمی‌کند»، اما یک مرتبه عمیق‌تر هم از ستاریّت داریم که آن ستاریّت به معنای محو اصل گناه است، آن خیلی عجیب است!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="NormalA++"/>
+        <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللَهمّ صل علی محمّد و آل محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="first" r:id="rId7"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
       <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
         <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
@@ -1577,61 +1579,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="3" name="_x0000_i0003" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0003" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>