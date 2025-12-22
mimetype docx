--- v0 (2025-11-06)
+++ v1 (2025-12-22)
@@ -13,254 +13,336 @@
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr/>
+      </w:pPr>
     </w:p>
     <w:p>
-      <w:pPr/>
-[...16 lines deleted...]
-        <w:pStyle w:val="VasatChinArabi++"/>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هو العليم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">لزوم سیروسلوک نردبانی و مرحله‌ای</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی - رمضان المبارک 1438 - مجلس دهم </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بیانات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حضرت آیت‌اللَه حاج سید محمدمحسن حسینی طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدس الله سره</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">أعوذُ بِاللَه مِنَ الشَّیطانِ الرَّجیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ اللَه الرَّحمَنِ الرَّحیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلَّی‌ اللَه عَلَی سیّدنا و نبیّنا أبی‌القاسم مُحَمّدٍ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و علی آله الطّیبین الطّاهرین و اللعنة عَلَی أعدائِهِم أجمَعینَ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">«وَ لَو خِفتُ تَعجِیلَ العُقُوبَةِ لاجْتَنَبْتُهُ لا لِأَنَّکَ أَهوَنُ النَّاظِرِینَ وَ أَخَفُّ المُطَّلِعِینَ بَل لِأَنَّکَ یَا رَبِّ خَیرُ السَّاتِرِینَ وَ أَحکَمُ الحاکِمِینَ وَ أَکرَمُ الأَکرَمِینَ.» </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">حضرت سجاد علیه السّلام عرضه می‌دارد: ای پروردگار، من از تعجیل عقوبت نمی‌ترسم و اینکه تو عقوبت مرا جلو بیندازی؛ گناهی که می‌کنم خطایی که می‌کنم تو بیایی عقوبت را جلو بیندازی، نه! من ترس ندارم. این ترسی که ندارم به این جهت نیست که تو ناظر بر اعمال من نیستی و اطلاعی بر رفتار من نداری، نه! به این جهت نیست. تو از همۀ افراد به من نزدیک‌تر هستی و از رگ گردن به من نزدیک‌تر هستی و از خود من، به خود من نزدیک‌تر هستی؛ چون تو در مقام مبدئیّت و علّیّت نشئت من قرار داری و من معلول و مخلوق تو هستم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">این نظارت نظارت عِلّی است، نه یک نظارت علمی اکتسابی اصولی، و اطلاع در این جهت بیشتر است. بنابراین به این جهت (که اطلاعی بر رفتار من نداری) نیست. پس به چه جهت است؟ به این جهت است که من تو را خیر الساترین می‌دانم، از همۀ آنهایی که، از همۀ افرادی که، از همۀ اشخاصی که سَتر عیوب دیگران را می‌کنند تو از همۀ آنها بالاتر هستی. تو یک نحوه ستاریّتی داری که از عهدۀ کس دیگری برنمی‌آید، تو آن نحوه ستاریّت را داری.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
-          <w:rtl w:val="0"/>
+          <w:rtl/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">و در مقام حکومت و قضاوت و حسابرسی اعمال و رفتار من، در حکومت أحکَم هستی؛ یعنی حُکم تو عین واقع و عین حقیقت و نشئت گرفتۀ از آن مقامی است که دارای این صفات است. حالا راجع به فقرات </w:t>
-      </w:r>
+        <w:t xml:space="preserve">و در مقام حکومت و قضاوت و حسابرسی اعمال و رفتار من، در حکومت أحکَم هستی؛ یعنی حُکم تو عین واقع و عین حقیقت و نشئت گرفتۀ از آن مقامی است که دارای این صفات است. حالا راجع به فقرات أَحکَمُ الحاکِمِینَ وَ أَکرَمُ الأَکرَمِینَ بعد‌ها اگر توفیقی پیدا شود [صحبت خواهد شد].</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">أَحکَمُ الحاکِمِینَ وَ أَکرَمُ الأَکرَمِینَ </w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve">ذکرک أخاک بما یکره</w:t>
+        <w:t xml:space="preserve">راجع به خیر الساترین در شب‌های گذشته خدمت رفقا عرض شد که سَتر یعنی عیب پوشی. غیبت به چه می‌گویند؟ ذکرک أخاک بما یکره</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">؛ تو به نحوی جلوی دیگران از برادرت یاد کنی که ناراحت شود این را می‌گویند غیبت ـ تهمت که اصلاً جای خود دارد به چیزی را که نیست نسبت دادن ـ این را می‌گویند غیبت. و انسان همان‌طور که بر خود نمی‌پسندد بر دیگران هم نباید بپسندد، اگر خوشش نمی‌آید که دیگران بدی او را بگویند، نه اینکه حالا تهمت بزنند حالا تهمت زدن که اصلاً جای صحبتش نیست. نه، انسان یک کاری انجام داده و نقصی یا عیبی از او سر زده و بعد کسی دیگر هم مطلع نیست، انسان بیاید و آن را برای سایر افراد إفشا کند. این عمل، عمل قبیحی است و خدای متعال که این‌ کار را انجام نمی‌دهد، نمی‌آید عیب را برای دیگران إفشا کند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">به‌طور کلی صفاتی که در اشخاص هست و اینها صفاتی است که صفات مستحسنه و مربوط به خود ذات پروردگار است، خدای متعال روی این صفات حساب می‌کند. گرچه آن شخص، شخص موحدی هم نباشد ولی ممکن است دارای یک صفت خوبی باشد؛ حاتم طائی سخی بود ولی موحد نبود. خیلی بودند افرادی که اینها داری صفات خوبی بودند ولی اهل توحید نبودند، حالا یا مستضعف بودند یا اینکه مستضعف هم نبودند ولی یک هم‌چنین مسئله و هم‌چنین مطلبی را داشتند و ما می‌بینیم که در حکایات، در احادیث، در أخبار اینها مورد مدح قرار گرفته‌اند به همین جهتی که دارای این صفات بودند.</w:t>
       </w:r>
     </w:p>
@@ -630,221 +712,207 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">لذا امام حسینی که در عصر عاشورا افتاد روی خاک با آن که در صبح عاشورا بود چیز دیگری بود، اصلاً به کجا دیگر رسید، اصلاً دیگر نمی‌شود گفت در کجا بود، این مسئله مسئله عجیبی بود که چطور حضرت باید اینها را طی بکند یکی یکی، خب از دست دادن حضرت علی اکبر مگر شوخی است؟ مگر بازی است؟ حضرت علی اصغر به آن وضع و به آن کیفیت و آن مسائلی که یکی یکی برای برادرش و برادرانش اتفاق افتاد، خاندانش اتفاق افتاده، اصحابش اتفاق افتاد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">یک وقت یک عبارتی من از مرحوم آقا ـ رضوان اللَه علیه ـ شنیدم که فرمودند: یک تعلق و علقه‌ای بین سیدالشهداء و بین حضرت حبیب بن مظاهر بوده که وقتی حضرت حبیب افتاد بر روی زمین، حضرت برایشان خیلی گران بود که حتی از نظر ظاهر هم [مشخص] بود. خب نفوس به هم علاقه دارند دیگر و تعلق دارند؛ یعنی از میان اصحاب این حبیب حساب دیگری داشته است و مسئله دیگری داشته است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">خب اینها همه چیزی نیست؟ نه دیوار! هرچه می‌خواهد بشود؟ نه، اینها همه حساب دارد. حبیبش یک اثر می‌گذارد. حالا آنهایی که خود حبیب می‌سرد به‌جای خود، آن اثری که روی نفس امام می‌گذارد و روی نفس سیدالشهداء می‌گذارد. آن موقعیت و مقام حضرت ابالفضل به‌جای خود، ولی این از دست دادنی که می‌گوید </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">دروغ نمی‌گوید راست دارد می‌گوید. ولی این غم به مبارک بادم و آن از دست دادن حبیب به مبارک بادم می‌آید. آن از دست دادن حضرت علی اکبر به مبارک بادم می‌آید و آن از دست دادن ...</w:t>
+        <w:t xml:space="preserve">خب اینها همه چیزی نیست؟ نه دیوار! هرچه می‌خواهد بشود؟ نه، اینها همه حساب دارد. حبیبش یک اثر می‌گذارد. حالا آنهایی که خود حبیب می‌سرد به‌جای خود، آن اثری که روی نفس امام می‌گذارد و روی نفس سیدالشهداء می‌گذارد. آن موقعیت و مقام حضرت ابالفضل به‌جای خود، ولی این از دست دادنی که می‌گوید الانَ إنکَسَرَ ظَهری وَ قَلَّت حِیلَتی دروغ نمی‌گوید راست دارد می‌گوید. ولی این غم به مبارک بادم و آن از دست دادن حبیب به مبارک بادم می‌آید. آن از دست دادن حضرت علی اکبر به مبارک بادم می‌آید و آن از دست دادن ...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">مطالب آقای حداد همین هاست دیگر، اینها که ایراد گرفتند و اشکال گرفتند. غم، غم است اشک می‌آورد و تألّم می‌آورد، جگر می‌سوزاند و اینها بجای خود، ولی آن‌طرف سکه را باید ببینید که این غم با این مقام و با نفس امام علیه السّلام چه کرده است، آن‌طرف سکه. این از دست دادن حضرت علی اصغر چه کرده است، حضرت علی اکبر چه کرده است و برادرها چه کرده‌اند و مسائلی بعد اتفاق می‌افتد. حضرت همه را دارد می‌بیند دیگر! آن قضایا چه خواهد شد، اُسرا چه خواهد شد و به کجا خواهند رسید. مجلس ابن زیادش چیست؟ مجلس یزیدش چیست؟ این مطالب همه را امام علیه السّلام نه اینکه می‌بیند حضور دارد، امام حضور عینی دارد نه اینکه اطلاع دارد، حضور عینی دارد. لذا همه را به حضرت زینب می‌گوید تو این کار را بکن و به امام سجاد علیه السّلام این توصیه را می‌کند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">همه اینها دارد می‌آید دیگر آن موقع که حضرت دارد می‌افتد پایین و دیگر کار تمام است آن موقع آدم دیگر نمی‌داند چه خبر است، آن موقع است که دیگر کار تمام است و بعد از آن دیگر اصلاً لا یوصف قابل وصف نیست در آن مرتبه، آنجا را مرحوم آقا می‌فرمودند تجلّی ذات به تمام جهات در بعدازظهر عاشورا هنگامی که حضرت دیگر به روی زمین افتاد، آن تجلّی ذات در آن موقع پیدا می‌شود. این را اولیاء می‌دانند و ما که نمی‌دانیم آنها که خودشان که خبر دارند که چه خبر است؟ توجه می‌فرمایید.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">این برای چیست؟ این کم‌کم برای انسان پیدا می‌شود؛ یعنی این حال باید بیاید کم‌کم تبدیل کند به حال دیگر. پس سلوک یعنی این لیوان سیاه و این لیوان آلوده ـ حالا نه اینکه بگوییم سیاه سیاه، کمی کدر ـ این لیوان کدر، و این لیوان آلوده شما بگذاریدش در فیلتر و از فیلتر ردش کنید از یک فیلتر دیگر ردش کنید، یک مسئله تربیتی بیاید بگذرید و نایستید، همین‌طور یک‌یک صاف بشود صاف بشود وقتی‌که کاملاً شفاف شد آن موقع است که مقام، مقام تجلّی است و آن تجلّی می‌آید و انسان را می‌برد و محو می‌کند و در آن عالم آدم را فنا می‌کند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">إن‌شاءاللَه خدا قسمت کند، عجب جایی است، خدا قسمت همه ما بکند إن‌شاء‌اللَه می‌کند چرا نکند؟ از خدا چه چیزی برمی‌آید چه استبعادی دارد؟ بیاید به ما بندگان مسکین و بیچاره‌اش یک نظر کند مگر حالا از بزرگی خدا کم می‌شود؟! ما که می‌خواهیم حالا خدا بگوید نه تو به مجاز می‌گویی، بابا بالاخره همین به مجاز را هم می‌گوییم بالاخره تو قبول کن و به حقیقت تبدیلش کن. پس خدایی برای چیست؟ اگر قرار بود به حقیقت می‌گفتیم که کارمان خیلی درست بود، زودتر از اینها تمام بود. ما همین مجاز داریم می‌گوییم. ما دل‌مان با همین مجاز هم خوش است، بالاخره چیزهای دیگر نمی‌گوییم، حرف‌های دیگر، چیزهای دیگر، مسائل دیگر حداقل که ... آن هم توفیقش را خودت داده‌ای. پس بیا همه این مجازهای ما را خودت با کرم خودت تبدیل به حقیقت کن.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللَهم صل علی محمد و آل محمد</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00FF2A7F">
+    <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="first" r:id="rId7"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="0" w:footer="289" w:gutter="0"/>
+      <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
-        <w:col w:w="8277" w:space="708"/>
+        <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Anvar">
-    <w:panose1 w:val="02000400000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002007" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
+    <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_Quraan">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="f anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -1105,61 +1173,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="5" name="_x0000_i0005" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0005" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
@@ -1190,74 +1258,89 @@
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">پيامبر خدا صلى‏ الله ‏عليه و ‏آله و سلّم خطاب به اباذر: قلت: یا رسول الله و ما الغیبة؟ قال: ذکرک أخاک بما یکره. بحارالانوار، ج ٧٤، ص ٨٩.</w:t>
+        <w:t xml:space="preserve"> پيامبر خدا صلى‏ الله ‏عليه و ‏آله و سلّم خطاب به اباذر: قلت: یا رسول الله و ما الغیبة؟ قال</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: ذکرک أخاک بما یکره</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. بحارالانوار، ج ٧٤، ص ٨٩.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">صائب تبریزی</w:t>
+        <w:t xml:space="preserve"> صائب تبریزی</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
@@ -5350,56 +5433,55 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundFooter/>
   <w:bordersDoNotSurroundHeader/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="0" w:directFormattingOnParagraphs="0" w:directFormattingOnRuns="0" w:directFormattingOnTables="0" w:headingStyles="1" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="1" w:tableStyles="0" w:top3HeadingStyles="0" w:visibleStyles="0"/>
   <w:doNotTrackMoves/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:pos w:val="pageBottom"/>
     <w:numFmt w:val="decimal"/>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:lMargin m:val="0"/>
@@ -5415,51 +5497,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
@@ -5684,51 +5766,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Book Title" w:uiPriority="39"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E8177B"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="6804"/>
       </w:tabs>
       <w:bidi/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
@@ -6503,51 +6585,51 @@
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalA++">
     <w:name w:val="NormalA ++"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NormalA++Char">
     <w:name w:val="NormalA ++ Char"/>
     <w:locked/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi++">
-    <w:name w:val="Revayat Arabi++"/>
+    <w:name w:val="Revayat Arabi ++"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="auto"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiMatn++">
     <w:name w:val="Revayat Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
@@ -6617,72 +6699,75 @@
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinFarsi++">
     <w:name w:val="Vasat Chin Farsi ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiMatn++">
     <w:name w:val="Ashaar Arabi Matn ++"/>
     <w:basedOn w:val="NormalA++"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiNaghleghol++">
     <w:name w:val="Ashaar Arabi Naghleghol ++"/>
     <w:basedOn w:val="NormalA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiPavaraghi++">
     <w:name w:val="Ashaar Arabi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteTextA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00E8177B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6(-)">
     <w:name w:val="Heading 6 (-)"/>
     <w:basedOn w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rPr>
       <w:sz w:val="16"/>
@@ -6892,62 +6977,64 @@
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiMatn++">
     <w:name w:val="Ashaar Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiNaghleghol++">
     <w:name w:val="Ashaar Farsi Naghleghol ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiPavaraghi++">
     <w:name w:val="Ashaar Farsi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:next w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
@@ -7007,250 +7094,279 @@
     <w:rsid w:val="009471F6"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Englishpavaraghi++Char">
     <w:name w:val="English pavaraghi ++ Char"/>
     <w:basedOn w:val="EnglishMatn++Char"/>
     <w:rsid w:val="00FF2A7F"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00C9631E"/>
     <w:rPr>
       <w:color w:val="D6D4CA" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MatnVasatChin">
+    <w:name w:val="MatnVasatChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholMatn">
+    <w:name w:val="Naghleghol Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholPavaraghi">
+    <w:name w:val="Naghleghol Pavaraghi"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF098B"/>
+    <w:pPr>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
+    <w:name w:val="Revayat Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DE3DAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rMatn">
     <w:name w:val="She'r Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
-[...12 lines deleted...]
-    <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:bidi="fa-IR"/>
-[...11 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="3366FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rNaghleghol">
     <w:name w:val="She'r Naghleghol"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="666699"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rPavaraghi">
     <w:name w:val="She'r Pavaraghi"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="008080"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SoalMatn">
     <w:name w:val="Soal Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
+    <w:rsid w:val="006A46D0"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="FF00FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
-    <w:name w:val="Revayat Arabi"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Toggle_MS_V1">
+    <w:name w:val="Toggle_MS_V1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A67403"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B4B23" w:themeColor="accent6" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Arabi">
+    <w:name w:val="Arabi"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
-[...42 lines deleted...]
-      <w:lang w:bidi="fa-IR"/>
+    <w:rsid w:val="00E051F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:eastAsia="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Asrar"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinMatn">
     <w:name w:val="VasatChin Matn"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="339966"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinPavaraghi">
-[...1 lines deleted...]
-    <w:basedOn w:val="FootnoteText"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
+    <w:name w:val="ChapChin"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="00FF00"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="54159998">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="79758352">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187329520">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="289478946">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406267228">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407927020">
       <w:marLeft w:val="0"/>
@@ -7327,50 +7443,62 @@
     <w:div w:id="1159494460">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181622686">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200238293">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217547524">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1299339894">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368096135">
       <w:marLeft w:val="0"/>
@@ -7819,120 +7947,120 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amin;Mohammad Reza</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>5</cp:revision>
+  <cp:lastModifiedBy>sadek jomaa</cp:lastModifiedBy>
+  <cp:revision>19</cp:revision>
   <cp:lastPrinted>2018-10-29T19:08:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-09-11T14:02:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-09-11T16:40:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2019-09-22T15:42:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2024-01-15T12:06:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-  <TotalTime>150</TotalTime>
+  <Template>Normal</Template>
+  <TotalTime>2720</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Majmaa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{439561B8-367C-45CB-8F78-76552F388B6B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C03CE746-167E-4C26-9BCD-3378C92DA4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Company>Majmaa</Company>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amin_x003B_Mohammad Reza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>