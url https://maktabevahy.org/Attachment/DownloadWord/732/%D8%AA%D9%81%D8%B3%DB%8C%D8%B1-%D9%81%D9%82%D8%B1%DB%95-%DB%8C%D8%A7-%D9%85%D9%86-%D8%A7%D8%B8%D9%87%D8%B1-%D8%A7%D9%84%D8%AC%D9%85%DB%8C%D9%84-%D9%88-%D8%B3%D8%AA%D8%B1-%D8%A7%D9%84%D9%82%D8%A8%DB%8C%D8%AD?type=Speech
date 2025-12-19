--- v0 (2025-11-01)
+++ v1 (2025-12-19)
@@ -12,186 +12,303 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+        <w:rPr/>
+      </w:pPr>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">سال1438- جلسه13- تفسیر فقرۀ «یا من أظهر الجمیل و ستر القبیح»</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هو العليم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تفسیر فقرۀ «یا من أظهر الجمیل و ستر القبیح</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شرح دعای ابوحمزه ثمالی - رمضان المبارک 1438 - مجلس سیزدهم </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بیانات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حضرت آیت‌اللَه حاج سید محمدمحسن حسینی طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدس الله سره</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">أعوذُ بِاللَه مِنَ الشَّیطانِ الرَّجیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بِسمِ اللَه الرَّحمَنِ الرَّحیم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و صلَّی‌ اللَه عَلَی سیّدنا و نبیّنا أبی‌القاسم مُحَمّدٍ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">و علی آله الطّیبین الطّاهرین و اللعنة عَلَی أعدائِهِم أجمَعینَ</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">«وَ لَو خِفتُ تَعجِیلَ العُقُوبَةِ لاجْتَنَبْتُهُ لا لِأَنَّکَ أَهوَنُ النَّاظِرِینَ وَ أَخَفُّ المُطَّلِعِینَ بَل لِأَنَّکَ یَا رَبِّ خَیرُ السَّاتِرِینَ وَ أَحکَمُ الحاکِمِینَ وَ أَکرَمُ الأَکرَمِینَ</w:t>
+        <w:t xml:space="preserve">«وَ لَو خِفتُ تَعجِیلَ العُقُوبَةِ لاجْتَنَبْتُهُ لا لِأَنَّکَ أَهوَنُ النَّاظِرِینَ وَ أَخَفُّ المُطَّلِعِینَ بَل لِأَنَّکَ یَا رَبِّ خَیرُ السَّاتِرِینَ وَ أَحکَمُ الحاکِمِینَ وَ أَکرَمُ الأَکرَمِینَ؛ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">؛ اگر ترس از تعجیل در عقوبت داشتم ای پروردگار، من از گناه دوری می‌کردم و به‌دنبال گناه نمی‌رفتم، و این نه به این جهت است که تو نظارت چندانی بر احوال من نداری و اطلاع کافی بر رفتار من نداری، بل به این جهت است که تو بهترین ساتر و پوشانندۀ عیوب من می‌باشی، و در مقام حسابرسی و حکومت، حکومتِ متقن و محکم و متقن‌ترین نوع از حکومت را تو واجدی، و در نهایت در کرامت بالاترین مرتبۀ کرامت را داری. به این سه جهت است که من نسبت به گناه آن توجه کافی را ندارم و گاه‌گاهی دچار لغزش و خطا می‌شوم.»</w:t>
+        <w:t xml:space="preserve">اگر ترس از تعجیل در عقوبت داشتم ای پروردگار، من از گناه دوری می‌کردم و به‌دنبال گناه نمی‌رفتم، و این نه به این جهت است که تو نظارت چندانی بر احوال من نداری و اطلاع کافی بر رفتار من نداری، بل به این جهت است که تو بهترین ساتر و پوشانندۀ عیوب من می‌باشی، و در مقام حسابرسی و حکومت، حکومتِ متقن و محکم و متقن‌ترین نوع از حکومت را تو واجدی، و در نهایت در کرامت بالاترین مرتبۀ کرامت را داری. به این سه جهت است که من نسبت به گناه آن توجه کافی را ندارم و گاه‌گاهی دچار لغزش و خطا می‌شوم.»</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">این مضامین عالیّه فرمایشات امام سجاد علیه السّلام که به خدا عرضه می‌دارد واقعاً برای ما ـ همان‌طور که عرض شد ـ اصلاً کلید راه است و نشان می‌دهد که چگونه ما باید حرکت کنیم و روش سیر سالک چگونه باید باشد و در مقام خوف و رجاء چه راهی را باید در پیش بگیرد و نسبت به پروردگار چه نظری باید داشته باشد، نظرش باید چه باشد. بالاخره ما با خدا طرف هستیم و با خدا می‌خواهیم ربط برقرار کنیم. چه خدایی؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">خدایی که دیگران دارند معرفی می‌کنند؛ خدای قهر و غضب و معاقب و بگیروببند و حسابرس و چه چه، که دائماً انسان وقتی یک هم‌چنین وضعی را می‌بیند در حول و ولا قرار دارد. مثلا خبر‌هایی که از زندان می‌آید: آقا این‌طور است آن‌طور است، چه مسائلی است. شخصی را که بخواهند [زندان] ببرند از اول با خودش چه تصورهایی می‌کند و چه مسائلی ممکن است اتفاق بیفتد؟! یا اینکه فرض کنید انسان را دعوت می‌کنند به یک باغی که آن باغ، درختانش چنین است و سایه‌هایش چنان است، نهر آب و اشجار و میوه‌ها و گل‌ها و امثال‌ذلک.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
@@ -267,192 +384,101 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">مرحوم آقای حدّاد ـ رضوان اللَه علیه ـ یک شب در خدمت ایشان بودیم. صحبت از یک شخصی می‌کردند که این مدتی آمده بود و حالی پیدا کرده بود منتها متأسفانه گرفتار ابالسه و شیاطین شده بود ـ البته شیاطین انسی که بدتر از شیاطین جنّی هستند! ـ نظرش را زده بودند و فاصله گرفته بود و شک و شبهه‌هایی ایجاد شده بود و خودش ‌هم گاه‌گاهی این‌طرف و آن‌طرف حرف‌هایی می‌زد. بعد از یک مدتی متوجه می‌شود که عجب چه اشتباهی کرده، اینها این‌طور کرده‌اند منتها خجالت می‌کشید حالا مثلا بخواهد خدمت ایشان برسد. ایشان فرمودند: آقا سید محمدحسین، آقا بگویید این در همیشه باز است، اینجا جای خجالت و این حرف‌ها نیست، اینجا همیشه باز است و حساب این نیست که ... یعنی اصلا مرام‌شان این بوده. حالا چه بگویند، چه نگویند روش‌شان این بود که: حالا چون مثلا یک هم‌چنین حرفی زده شده و یک هم‌چنین فاصله‌ای گرفته شده در اینجا بخاطر عطف به ماسبق و اینها نیست.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اینها دریا بودند؛ یعنی دریا باکی ندارد از اینکه شما فرض بکنید کاسه‌ای آب از آن بردارید یا کاسه‌ای در آن بریزید طوریش نمی‌شود، اصلا توجهی ندارد اصلا چیزی ندارد. این نحوه و این خدا به این کیفیت، این خدایی است که امام دارد ما را به این سمت دعوت می‌کند و معرفی می‌کند و می‌گوید این‌طوری بروید به سمت خدا حالتان بهتر خواهد بود، حال و هواتان بهتر می‌شود و به این شکل حرکت می‌کند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">این خدایی که ما داریم خدایی است که </w:t>
-[...48 lines deleted...]
-        <w:t xml:space="preserve">ـ ای کسی که خوبی بندگانت را اظهار می‌کنی ابراز می‌کنی، ولی بنده‌ات یک کار خیری انجام داده است به یک وسیله‌ای این را می‌آوری ابراز می‌کنی.</w:t>
+        <w:t xml:space="preserve">این خدایی که ما داریم خدایی است که خَیرُ السَّاتِرِینَ است؛ خَیرُ السَّاتِرِینَ خدایی است که عیوب را می‌پوشاند. مگر در دعا نمی‌خوانیم يَا مَن أَظهَرَ الجَمِيلَ، وَ سَتَرَ القَبِيحَ، يَا مَن لَم يُؤَاخِذ بِالجَرِيرَةِ، يَا مَن لَم يَهتِکِ السِّتر. ـ خیلی دعای عجیبی است، اصلا دعای خیلی عجیبی است. این دعا را بزرگان به بعضی‌ها دستور می‌دادند که هر شب بخوانند یا در قنوت‌شان، یا در قنوت نماز شب.ـ ای کسی که خوبی بندگانت را اظهار می‌کنی ابراز می‌کنی، ولی بنده‌ات یک کار خیری انجام داده است به یک وسیله‌ای این را می‌آوری ابراز می‌کنی.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">می‌بینید یک نفر خواب دید قضیه‌ای برای یک شخص اتفاق افتاد، می‌گوید من اصلا به کسی نگفته بودم و به کسی چیزی نگفته بودم. معلوم است خدا خواسته که این عمل خیر در اینجا مثلا مطرح شود، پخش شود. یا انسان یک کاری می‌کند فقط بین خود و بین خدا، یک‌مرتبه می‌بیند از یک‌جا این قضیه رو شد و این مسئله روشن شد. موارد عدیده‌ای از این موارد است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">از آن طرف </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">داریم که قبیح را می‌پوشانی. آدم بیاید و قبیح را بپوشاند؛ یک وقت یکی از دوستان نسبت به یک مسئله‌ای آمد و به من گفت که آقا من بین‌الطلوعین نشسته بودم و مشغول ذکر و اینها بودم، بعد یک شخصی را دیدم که این مسیری را که دارد می‌رود این مسیرش به یک چیز دیگری منحرف شد، به یک قضیه دیگری منحرف شد. اما اینکه چه کرده بود که این برایش اتفاق افتاده بود این را متوجه نشده بود، درحالی‌که اصلا ارتباط خیلی خاصی نداشت. ـ البته خود من نسبت به آن مسئله اطلاع داشتم ـ من رفتم به او تذکر دادم و آن شخص هم دیگر بنا را گذاشت بر اینکه دیگر تکرار نکند تا اینکه آن حالش تغییر پیدا کرد. بعد خود آن شخص دوباره متوجه شد که حال او عوض شده است. یعنی برای افرادی که بخواهد این مسئله را ببیند آن خود عمل و خود آن گناه و خود او هم روشن نیست.</w:t>
+        <w:t xml:space="preserve">از آن طرف سَتَرَ القَبِيحَ داریم که قبیح را می‌پوشانی. آدم بیاید و قبیح را بپوشاند؛ یک وقت یکی از دوستان نسبت به یک مسئله‌ای آمد و به من گفت که آقا من بین‌الطلوعین نشسته بودم و مشغول ذکر و اینها بودم، بعد یک شخصی را دیدم که این مسیری را که دارد می‌رود این مسیرش به یک چیز دیگری منحرف شد، به یک قضیه دیگری منحرف شد. اما اینکه چه کرده بود که این برایش اتفاق افتاده بود این را متوجه نشده بود، درحالی‌که اصلا ارتباط خیلی خاصی نداشت. ـ البته خود من نسبت به آن مسئله اطلاع داشتم ـ من رفتم به او تذکر دادم و آن شخص هم دیگر بنا را گذاشت بر اینکه دیگر تکرار نکند تا اینکه آن حالش تغییر پیدا کرد. بعد خود آن شخص دوباره متوجه شد که حال او عوض شده است. یعنی برای افرادی که بخواهد این مسئله را ببیند آن خود عمل و خود آن گناه و خود او هم روشن نیست.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">قشنگ خدا می‌توانست این‌طرف را هم روشن کند دیگر، وقتی‌که این مسیرش منحرف شده، اینکه دارد به سمت کعبه می‌رود یک‌دفعه انحراف پیدا می‌کند، این مقدارش را که خدا [روشن] کرده خب مقدار دیگرش هم [می‌توانست،] ولی نه، خدا سَتَرَ القَبِیحَ است نمی‌خواهد قُبح مسئله بیاید و روشن شود. این مقام ستاریت اوست.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">عرض شد یک مرتبۀ دیگر ستاریت این است که دیگر اصلا از ریشه این مطلب را خدا می‌آید برمی‌دارد و آن این است که اصلا آن گناهی که این انجام داده است آن گناه را می‌آید محو می‌کند. آنهایی که توبه می‌کنند و توبه‌های حسابی می‌کنند اصلا آن گناه را دیگر در وجود خود نمی‌بینند، توبۀ نصوح ها! اصلا گناه را در وجود خود نمی‌بینند. اصلا انگار خداوند برای انسان یک ذهولی می‌آورد، فراموشی می‌آورد، نسیان می‌آورد که اصلا به او فکر نکند، دیگر نسبت به آن اصلا توجهی نداشته باشد. از این بالاتر اینکه انسان آن آثار آن را هم نمی‌بیند؛ یعنی آثار آن گناه که کدورت باشد آن آثار را دیگر در خودش نمی‌بیند. چون نفسش عوض شده و نفسش برگشته است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">گفتیم مرتبه‌ای بالاتر از این هم هست: آن مرتبه این است که آن گناه تبدیل به حسنه می‌شود. اصلا این یک چیز عجیب است. این دیگر از مقام خَیرُ السَّاتِرِینَ برمی‌گردد به </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> است که کرامت خدا می‌آید و می‌گوید حالا که تو برگشتی، حالا که تو توبه کردی، حالا که دست از آنها [برداشتی] و به سمت من آمده‌ای، اولاً من آن را ستر می‌کنم، می‌پوشانم و نمی‌گذارم فاش شود. دوم اینکه او را محو می‌کنم. سوم اینکه آن گناهی را که خود آن گناه، مولّد ظلمت و کدورت و قبض در نفس تو بود آن گناه را مبدل به نورانیّت و انبساط و بهجت و حالت ابتهاج می‌کنم در نفس تو، و این برای افراد حاصل می‌شود.</w:t>
+        <w:t xml:space="preserve">گفتیم مرتبه‌ای بالاتر از این هم هست: آن مرتبه این است که آن گناه تبدیل به حسنه می‌شود. اصلا این یک چیز عجیب است. این دیگر از مقام خَیرُ السَّاتِرِینَ برمی‌گردد به أَکرَمُ الأَکرَمِینَ. یعنی اصل همان أَکرَمُ الأَکرَمِینَ است که کرامت خدا می‌آید و می‌گوید حالا که تو برگشتی، حالا که تو توبه کردی، حالا که دست از آنها [برداشتی] و به سمت من آمده‌ای، اولاً من آن را ستر می‌کنم، می‌پوشانم و نمی‌گذارم فاش شود. دوم اینکه او را محو می‌کنم. سوم اینکه آن گناهی را که خود آن گناه، مولّد ظلمت و کدورت و قبض در نفس تو بود آن گناه را مبدل به نورانیّت و انبساط و بهجت و حالت ابتهاج می‌کنم در نفس تو، و این برای افراد حاصل می‌شود.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">یکی از رفقا می‌گفت که من در زمان مرحوم آقا، بالاخره جوانی و از این حرف‌ها، گفت وقتی خدمت آقا رسیدیم یک دفعه ایشان راجع به همین مطالب صحبت می‌کردند ـ حالا نمی‌دانم شب سه‌شنبه بود یا [عصر]جمعه، هرچه بود ـ می‌گفتند کنار ایشان نشسته بودم راجع به همین مطالب صحبت می‌کردند راجع به اینکه چطور خدا مبدل است. می‌گفت یک‌دفعه نگاه به خودم کردم انگار، دیدم من اصلا گناه انجام نداده‌ام و علاوه بر اینکه گناه انجام نداده‌ام هر کاری هم کردم الان حسنه برایم نوشته‌اند. گفت اصلا ماندم که این قضیه چیست؟ و همین‌طور دیگر ادامه پیدا کرد پیدا کرد همین‌طور.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">در آیه شریفه مگر نداریم </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Ayat2Matn++"/>
           <w:rtl w:val="0"/>
@@ -503,157 +529,157 @@
         <w:t xml:space="preserve">چون هر وجودی که در عالم تحقق پیدا کند این وجود در وعاء و ظرف خودش دیگر معدوم شدنی نیست، هرچه می‌خواهد باشد. وقتی‌که عدم دیگر بر او طاری نمی‌شود این وجودی که توأم با کدورت تحقق پیدا کرده پس همیشه باید کدورت باشد. حالا یک وقت خدا این کدورت را در نظر نمی‌گیرد این یک حرف دیگر است. می‌گوید حالا بخشیدمت یا اینکه نسبت به آن توجه نکن. اما این چطوری کدورت به نور تبدیل می‌شود این قضیه‌اش چیست؟ این چه مسئله‌ای دارد؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بعضی‌ها آمده‌اند راجع به این مسئله توجیهاتی کردند حتی از نقطه نظر فلسفی هم آمده‌اند یک مسائلی را توجیه کرده‌اند که اگر بخواهم وارد آن مباحث شویم امشب دیگر حال و مجال برای اینها نیست. اگر بخواهیم از آن بگذریم باز آن لطفش را هم ندارد، پس بهتر این است که ما إن‌شاءاللَه «این سخن بگذار تا وقت دگر» و برای فرصت دیگر که إن‌شاءاللَه ما به این مسئله بپردازیم که اصلا از نقطه نظر فلسفی چطور این مسئله قابل حل است. یا باید ما دست از آن قاعده فلسفی برداریم یا اینکه به دنبال علاج و چاره برای این اشکال بگردیم که این تبدّل ماهیّت از یک مرتبۀ کدورت به مرتبۀ نور، با چه قانون و با چه اصلی می‌شود آن را توجیه کرد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">پس وعده ما عندالمشیة و التوفیق برای شب‌های آینده اگر خدا توفیق بدهد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
+        <w:pStyle w:val="ChapChin"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللَهم صل علی محمد و آل محمد</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidSect="00FF2A7F">
+    <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId4"/>
       <w:footerReference w:type="default" r:id="rId5"/>
       <w:footerReference w:type="first" r:id="rId6"/>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="851" w:header="0" w:footer="289" w:gutter="0"/>
+      <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
-        <w:col w:w="8277" w:space="708"/>
+        <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Anvar">
-    <w:panose1 w:val="02000400000000000000"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002007" w:usb1="90000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
+    <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Anvar">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_Quraan">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_F Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_A Asrar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="f anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="Auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="a anvar">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
@@ -914,61 +940,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="8" name="_x0000_i0008" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0008" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
@@ -5086,56 +5112,55 @@
     <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="37">
     <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="38">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="39">
     <w:abstractNumId w:val="38"/>
   </w:num>
   <w:num w:numId="40">
     <w:abstractNumId w:val="39"/>
   </w:num>
   <w:num w:numId="41">
     <w:abstractNumId w:val="40"/>
   </w:num>
   <w:num w:numId="42">
     <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
   <w:embedTrueTypeFonts/>
   <w:bordersDoNotSurroundFooter/>
   <w:bordersDoNotSurroundHeader/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:alternateStyleNames="0" w:clearFormatting="1" w:customStyles="0" w:directFormattingOnNumbering="0" w:directFormattingOnParagraphs="0" w:directFormattingOnRuns="0" w:directFormattingOnTables="0" w:headingStyles="1" w:latentStyles="0" w:numberingStyles="0" w:stylesInUse="1" w:tableStyles="0" w:top3HeadingStyles="0" w:visibleStyles="0"/>
   <w:doNotTrackMoves/>
   <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:preSp m:val="0"/>
     <m:postSp m:val="0"/>
     <m:interSp m:val="0"/>
     <m:intraSp m:val="0"/>
     <m:wrapIndent m:val="1440"/>
@@ -5144,51 +5169,51 @@
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
@@ -5413,51 +5438,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Book Title" w:uiPriority="39"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E8177B"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="6804"/>
       </w:tabs>
       <w:bidi/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
@@ -6232,51 +6257,51 @@
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalA++">
     <w:name w:val="NormalA ++"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NormalA++Char">
     <w:name w:val="NormalA ++ Char"/>
     <w:locked/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi++">
-    <w:name w:val="Revayat Arabi++"/>
+    <w:name w:val="Revayat Arabi ++"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:ascii="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="auto"/>
       <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiMatn++">
     <w:name w:val="Revayat Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
@@ -6346,72 +6371,75 @@
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinFarsi++">
     <w:name w:val="Vasat Chin Farsi ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="8"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiMatn++">
     <w:name w:val="Ashaar Arabi Matn ++"/>
     <w:basedOn w:val="NormalA++"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiNaghleghol++">
     <w:name w:val="Ashaar Arabi Naghleghol ++"/>
     <w:basedOn w:val="NormalA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiPavaraghi++">
     <w:name w:val="Ashaar Arabi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteTextA++"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00E8177B"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6(-)">
     <w:name w:val="Heading 6 (-)"/>
     <w:basedOn w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00714EC4"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rPr>
       <w:sz w:val="16"/>
@@ -6621,62 +6649,64 @@
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiMatn++">
     <w:name w:val="Ashaar Farsi Matn ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="6"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiNaghleghol++">
     <w:name w:val="Ashaar Farsi Naghleghol ++"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:ind w:left="1134" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiPavaraghi++">
     <w:name w:val="Ashaar Farsi Pavaraghi ++"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:next w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
     <w:rsid w:val="009471F6"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="00414928"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
@@ -6736,250 +6766,279 @@
     <w:rsid w:val="009471F6"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Englishpavaraghi++Char">
     <w:name w:val="English pavaraghi ++ Char"/>
     <w:basedOn w:val="EnglishMatn++Char"/>
     <w:rsid w:val="00FF2A7F"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
     <w:name w:val="Hidden_MS_V1"/>
     <w:uiPriority w:val="5"/>
     <w:rsid w:val="00C9631E"/>
     <w:rPr>
       <w:color w:val="D6D4CA" w:themeColor="background2" w:themeShade="E6"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MatnVasatChin">
+    <w:name w:val="MatnVasatChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholMatn">
+    <w:name w:val="Naghleghol Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholPavaraghi">
+    <w:name w:val="Naghleghol Pavaraghi"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF098B"/>
+    <w:pPr>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
+    <w:name w:val="Revayat Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DE3DAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rMatn">
     <w:name w:val="She'r Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
-[...12 lines deleted...]
-    <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:bidi="fa-IR"/>
-[...11 lines deleted...]
-    <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="3366FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rNaghleghol">
     <w:name w:val="She'r Naghleghol"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="left"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="666699"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rPavaraghi">
     <w:name w:val="She'r Pavaraghi"/>
     <w:basedOn w:val="FootnoteText"/>
     <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00CE342E"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:color w:val="008080"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SoalMatn">
     <w:name w:val="Soal Matn"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
+    <w:rsid w:val="006A46D0"/>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="FF00FF"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
-    <w:name w:val="Revayat Arabi"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Toggle_MS_V1">
+    <w:name w:val="Toggle_MS_V1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A67403"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B4B23" w:themeColor="accent6" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Arabi">
+    <w:name w:val="Arabi"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="004E00B0"/>
-[...42 lines deleted...]
-      <w:lang w:bidi="fa-IR"/>
+    <w:rsid w:val="00E051F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:eastAsia="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Asrar"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinMatn">
     <w:name w:val="VasatChin Matn"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="339966"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinPavaraghi">
-[...1 lines deleted...]
-    <w:basedOn w:val="FootnoteText"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
+    <w:name w:val="ChapChin"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00FE37E3"/>
+    <w:rsid w:val="00E051F1"/>
     <w:pPr>
-      <w:numPr>
-[...2 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="00FF00"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="54159998">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="79758352">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187329520">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="289478946">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406267228">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407927020">
       <w:marLeft w:val="0"/>
@@ -7056,50 +7115,62 @@
     <w:div w:id="1159494460">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181622686">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200238293">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217547524">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1299339894">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368096135">
       <w:marLeft w:val="0"/>
@@ -7548,120 +7619,120 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Amin;Mohammad Reza</dc:creator>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy>صادق جمعه</cp:lastModifiedBy>
-  <cp:revision>5</cp:revision>
+  <cp:lastModifiedBy>sadek jomaa</cp:lastModifiedBy>
+  <cp:revision>19</cp:revision>
   <cp:lastPrinted>2018-10-29T19:08:00Z</cp:lastPrinted>
-  <dcterms:created xsi:type="dcterms:W3CDTF">2023-09-11T14:02:00Z</dcterms:created>
-  <dcterms:modified xsi:type="dcterms:W3CDTF">2023-09-11T16:40:00Z</dcterms:modified>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2019-09-22T15:42:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2024-01-15T12:06:00Z</dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-  <TotalTime>150</TotalTime>
+  <Template>Normal</Template>
+  <TotalTime>2720</TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Majmaa</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion>16.0000</AppVersion>
 </Properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{439561B8-367C-45CB-8F78-76552F388B6B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C03CE746-167E-4C26-9BCD-3378C92DA4BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Company>Majmaa</Company>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amin_x003B_Mohammad Reza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>