--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -97,63 +97,63 @@
         </w:rPr>
         <w:t xml:space="preserve">تقدّمِ اخلاق و دستورات عملی بر ذکر، و مضرّات اینترنت</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">آیت‌الله حاج سید محمدمحسن حسینی طهرانی</w:t>
+        <w:t xml:space="preserve">آیت‌‌الله حاج سید محمدمحسن حسینی طهرانی</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">قدّس اللّه سرّه</w:t>
+        <w:t xml:space="preserve">قدّس‌الله‌سرّه</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
@@ -776,51 +776,51 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بعضی‌ها را هم می‌دیدیم که فقط به همین آمدن و رفتن به جلسه و اینکه حالا آقا یک خنده‌ای هم به آنها کرده و خیال کردند که دیگر کار تمام است، به اینها دل خوش می‌کنند و بعد هم می‌دیدیم همان راه و مسیر خود را انجام می‌دهند و با همان حال‌وهوای خودشان حرکت می‌کنند. نتیجه این می‌شود که کم‌کم این قضیه یک حالت اعتیاد پیدا می‌کند. اعتیاد، اعتیاد است: یک کسی اعتیاد پیدا می‌کند به اینکه هر شب روضه برود، و اگر یک شب نرود ناراحت است؛ یکی اعتیاد پیدا می‌کند که هر شب مسجد برود و حتماً نماز را در مسجد بخواند؛ یکی اعتیاد پیدا می‌کند که هر شب پیاده‌روی کند؛ یکی هم اعتیاد پیدا می‌کند که هر شب در جلسات سلوکی بیاید! این هم یک اعتیاد است! اعتیاد، اعتیاد است؛ فرقی نمی‌کند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">ما باید مواظب باشیم که احساس کنیم که آمدن ما در اینجا، آیا از روی اعتیاد است یا از روی نیاز؟! اگر از روی اعتیاد است، بیخود وقت را تلف نکنیم؛ برویم، جا‌های بهتر هست! از حالا دارم می‌گویم: «وقت را تلف نکنید!» روز قیامت نگویید فلانی نگفت! من دارم می‌گویم! اگر احساس ‌کنیم که حالتِ آمدن در این مجالس، حالتِ اعتیاد است، خب هیچ نتیجه‌ای بر این مسئله بار نمی‌شود! چطور اینکه ما دیدیم که در زمان مرحوم آقا [علامه طهرانی] بار نشد. خب بنده کجا و پدرم کجا؟! او که ولیّ خدا بود و وضعیتش آن‌طور بود!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">دیشب یک شخص به من تلفن زد که بعضی‌ در یکی از جاها کاری انجام داده‌اند )البته نه در مجموعۀ رفقای ما؛ [بلکه] افراد و سُلاّکِ دیگر که ادعای سلوک می‌کنند) من تا صبح خوابم نبُرد! یعنی وقیح‌ترین کاری که ممکن است یک فردِ بی‌شرم و بی‌حیا انجام بدهد! اسممان را هم سالک می‌گذاریم! «ما سالکیم! ما شاگرد آقا بودیم!» گفتم: «بله دیگر! آن سلوکی که آن باشد و با تهمت و دروغ و کلک و این حرف‌ها ولایتش ثابت بشود، کار هم به اینجا می‌رسد! این هم هست!» به‌خاطر اینکه سلوک برای اینها اعتیاد شده، یک عادت شده است؛ یعنی یک حالت دل‌خوش‌کردنی!</w:t>
+        <w:t xml:space="preserve">دیشب یک شخص به من تلفن زد که بعضی‌ در یکی از جاها کاری انجام داده‌اند (البته نه در مجموعۀ رفقای ما؛ [بلکه] افراد و سُلاّکِ دیگر که ادعای سلوک می‌کنند) من تا صبح خوابم نبُرد! یعنی وقیح‌ترین کاری که ممکن است یک فردِ بی‌شرم و بی‌حیا انجام بدهد! اسممان را هم سالک می‌گذاریم! «ما سالکیم! ما شاگرد آقا بودیم!» گفتم: «بله دیگر! آن سلوکی که آن باشد و با تهمت و دروغ و کلک و این حرف‌ها ولایتش ثابت بشود، کار هم به اینجا می‌رسد! این هم هست!» به‌خاطر اینکه سلوک برای اینها اعتیاد شده، یک عادت شده است؛ یعنی یک حالت دل‌خوش‌کردنی!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">خطر غفلت از نفوذ تدریجی و برنامه‌ریزی‌شدۀ شیطان</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">همان‌طوری‌که در جلسۀ قبلی عنوان بصری عرض کردم، شیطان می‌آید و وارد می‌شود و می‌گوید: «من رفیقتم!» همان‌طور که ملائکه به اینها می‌گویند: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2410,104 +2410,97 @@
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">. سورۀ فصلت آیۀ 31.</w:t>
+        <w:t xml:space="preserve"> سورۀ فصلت، آیۀ 31.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">.</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> اَکَره: کارگران. (محقق)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">. هِشتن: قرار دادن. (محقق)</w:t>
+        <w:t xml:space="preserve"> هِشتن: قرار دادن. (محقق)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>