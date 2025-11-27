--- v0 (2025-10-03)
+++ v1 (2025-11-27)
@@ -884,51 +884,53 @@
         </w:rPr>
         <w:t xml:space="preserve">این مطالبی که عرض می‌کنم خدمتتان، مطالب مرحوم آقا است که می‌گویم! این شیطان کم‌کم می‌آید، اول یک خُرده می‌آید و می‌گیرد، اگر اعتنا کردی و به آن پادزهر زدی، پاتک زدی، ادرنالین(Adrenaline) تزریق کردی، آن کنار می‌زند و می‌رود ولی اگرنه! گفتی حالا رهایش کن؛ آنچه که آمده در ذهن این شروع می‌کند باد کردن همین‌طور باد کردن.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">شما یک میکروب اینجا در این سینی بگذارید بیست و چهار ساعت دیگر برگردید، بیست و چهار میلیون برابر می‌شود! یک دانه میکروب در این سینی بگذارید؛ مدام شروع به زاد و ولد می‌کند و بچه می‌زاید، آن هم بچه می‌زاید! فقط ما که بلد نیستیم؟! آن هم می‌تواند! شروع می‌کند به زاد و ولد کردن، یک بیست و چهار ساعت بگذرد دیگر نمی‌شود جلویش را بگیرید. البتّه اگر شرایط، شرایط آماده‌ای باشد. آن‌هم چه شرایطی بهتر از این نفس! جلویش را نگیرید شروع می‌کند زاد و ولد، زاد و ولد کردن!، همین‌طور دائماً زیاد، زیاد شدن! یک‌دفعه می‌بینید عجب! عجب!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">چرا این‌طوری شدم؟! چرا نمازم این‌طوری شده؟! چرا حرم که می‌روم این‌طوری‌ام؟! چرا این روزه مثل آن روزه‌های قبل حال نداد؟! چرا قرآن که می‌خوانم، قرآن مثل آن‌موقع سبک نیست؟! اینها چیست؟ عمو جان! این زاد و ولد کرد. این خیالی که الآن در سر تو رفته، باید این خیال را بیرون کنی، حسن‌ظن را باید جایگزین کنی، نه‌اینکه اگر یک جایی حسن‌ظنی هست آن را سوء‌ظنش کنی، به عکسش کنی!</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">تأکید اولیاء بر حسن ظن نسبت به برادران ایمانی </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اینکه دستور دادند به ما که باید ما همیشه نسبت به برادر مؤمن حسن‌ظن داشته باشیم، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="5"/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1722,81 +1724,81 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">حالا من در اینجا مانده‌ام چه کنم؟! می‌توانم یکی از این دو کار را انجام بدهم: یا اینکه بگویم: نه، شما آن‌طرف جوی و ما این‌طرف جوی، ما مجلس فاتحه می‌گیریم در اینجا، برای هر کسی از دوستانی که مایل است، شما هم بگیرید برای خودتان. این درست است؟ یعنی این کار را اگر من می‌کردم این کار مورد رضای خدا بود؟ قطعاً نبود. چه می‌گفتند مردم؟! می‌گفتند که اینها دو دستگی ایجاد کرده‌اند دیگر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">آیا بنده به عنوان فردی که در اینجا یک طرف قضیّه است، این‌قدر من نباید مورد توجه باشم که یک تماسی گرفته بشود که آقا چه‌کار کنیم.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">اولاً </w:t>
+        <w:t xml:space="preserve">اولاً: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اگر حساب وصیت‌نامه باشد ـ حالا ایشان که وصیت‌نامه‌ای نداشته ـ که این وصیت‌نامۀ مرحوم آقا باشد، بنده ناظر هستم بر وصیت‌نامه،</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="14"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> این‌طور نیست که ما [بي اطلاع] باشیم.این یک.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">ثانیا:</w:t>
+        <w:t xml:space="preserve">ثانیاٌ:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> مسائل و تعلقات و ارتباطات یک مسئلۀ واقعی است و خودتان کنار گذاشته‌اید، ما که کنار نرفتیم، خودتان کنار گذاشتید. چه اقتضا می‌کند؟ یک خبری بدهید که: آقا چه‌کار کنیم؟ من هم می‌گویم که آقا فرض بکنید که چه‌کار کنیم؟ حالا آنجا باشد آنجا باشد؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">همین بدون اطلاع بدون فلان یک‌هم‌چنین مسئله‌ای انجام شد. این تخیل وقتی که در من می‌آید، اگر بخواهم رهایش کنم چه می‌شود؟ همین‌طور شروع می‌کند ریشه دواندن، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Arabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">«مجری‌الدم»</w:t>
@@ -2423,68 +2425,69 @@
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">ـ آقا!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">بله دیگر نعم‌البدل شد دیگر! إن‌شاءالله هر سال!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">دیگر رفقا اجازه بفرمایید </w:t>
+        <w:t xml:space="preserve">دیگر رفقا اجازه بفرمایید</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">منتها باید دعا کنیم خدا همت بدهد، توفیق بدهد، همین هم توفیقش از او است، تا او این توفیق را ندهد، همه‌مان در یک کار کوچک می‌مانیم! کار کوچک! یک کار کوچک می‌آید، قشنگ نگه‌می‌دارد! و باید خداوند توفیق بدهد که انسان را از این مسائل بگذراند. إن‌شاءالله.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
-[...2 lines deleted...]
-          <w:rStyle w:val="Arabi"/>
+      <w:pPr>
+        <w:pStyle w:val="ChapChin"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">اللَهمّ صَلِّ علی‌محمّد و آل‌محمّد</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidSect="006A46D0">
       <w:footerReference w:type="even" r:id="rId5"/>
       <w:footerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="first" r:id="rId7"/>
       <w:footnotePr>
         <w:pos w:val="pageBottom"/>
         <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="oddPage"/>
       <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
       <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
       <w:cols w:num="1" w:space="708">
         <w:col w:w="8910" w:space="708"/>
       </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="707"/>
@@ -2853,61 +2856,61 @@
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:p>
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0">
           <wp:extent cx="565802" cy="279170"/>
           <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
-          <wp:docPr id="3" name="_x0000_i0003" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+          <wp:docPr id="1" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
             <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="_x0000_i0003" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPr id="0" name="_x0000_i0001" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="582776" cy="287545"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>