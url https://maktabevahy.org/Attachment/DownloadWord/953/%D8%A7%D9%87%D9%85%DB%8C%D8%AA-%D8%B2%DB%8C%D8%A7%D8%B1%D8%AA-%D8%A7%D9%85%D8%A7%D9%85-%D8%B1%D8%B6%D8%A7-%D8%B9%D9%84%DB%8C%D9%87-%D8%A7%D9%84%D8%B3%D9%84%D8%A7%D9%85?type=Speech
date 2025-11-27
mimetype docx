--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -18,62 +18,50 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <!-- Generated by Spire.Doc -->
   <w:body>
     <w:p>
       <w:pPr>
         <w:rPr/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="VasatChinArabi++"/>
-[...10 lines deleted...]
-      <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">هو العليم</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
@@ -461,51 +449,53 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">نقش معرفت امام در تحلیل حوادث دنیا</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">من واقعاً وقتی که شنیدم از آن فرد، آن بنده خدا این مطلب را که گفت: خداوند ما را از این مهلکه نجات داد! و مقایسه کردم با مطلبی را - چون ما آن موقع قم بودیم، در وقتی قم بودیم ا ین حادثه اتفاق افتاده بود؛ در آن سه سالی که سه سال آخر حیات مرحوم پدرمان بود، - مقایسه کردم با آن مطلبی که از پدرمان شنیدم که اینهایی که در حرم کشته شدند، همۀ اینها شهید در رکاب امام علیه السّلام محسوب می‌شوند. این دوتا را کنار هم گذاشتم و گفتم وای!! واقعاً فرق بین کسی که متصل باشد و بین کسی که دستش خالی باشد، همین است. فرق بین کسی که معرفت امام را داشته باشد، و بین کسی که فقط برود آنجا و زیارت جامعه بخواند؛ - حالا اگر زیارت جامعه را قبول داشته باشد، امروزه که می‌گویند زیارت جامعه مال غلات شیعه است، خیلی خیالشان را راحت کردند؛ - زیارت جامعه‌ای بخواند، مکارم الاخلاقی بخواند، امین‌اللهی بخواند، فرق چقدر هست؟ واقعاً چقدر بین آن بینش و این بینش، مساله تفاوت دارد؟ آن شهادت می‌داند، آن هلاکت می‌داند! شکر می‌کند خدا را که ما را از این مهلکه نجات داد! او بلند می‌شود دنبال تشییع این جنازه‌ها می‌رود به عنوانی که اینها شهید در رکاب امام هستند؛ خیلی عجیب است خیلی قضیّه فرق می‌کند.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">نظر علامه طباطبایی دربارۀ محال بودن معرفت امام بدون عرفان </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">وقتی مرحوم علاّمه طباطبائی می‌فرمودند: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="RevayatArabi++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">«مَعْرِفَةُ أَهْلِ کُلِّ زَمَانٍ إِمَامَهُمُ الَّذِی یَجِبُ عَلَیْهِمْ طَاعَتُهُ»</w:t>
       </w:r>
@@ -523,51 +513,53 @@
         <w:t xml:space="preserve"> معرفت کل زمان، یا در مورد </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="RevayatArabi++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">«مَنْ مَاتَ وَ لَمْ یَعْرِفْ إِمَامَ زَمَانِهِ مَاتَ مِیتَةً جَاهِلِیَّة»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> مرحوم آقا می‌فرمودند: در مدرسه حجتیه با مرحوم علاّمه قدم می‌زدیم از این روایت از ایشان سؤال کردند که معنای این چیست؟ چطور انسان می‌تواند میتۀ جاهلیّت نباشد؟ ایشان می‌فرمودند: به غیر از سیر و سلوک و عرفان بالله، امکان معرفت امام محال است.! فقط از راه عرفان انسان می‌تواند به امام برسد. یعنی عرفان مساوی با ولایت است، توحید مساوی با ولایت است، واقعاً الآن ما این‌طوری هستیم؟ ما با این همه درسهایی که خواندیم، با این همه بحث‌ها، با این همه مطالعات ما این هستیم؟ یک همچین وضعیتی هستیم؟.</w:t>
       </w:r>
     </w:p>
     <w:p>
-      <w:pPr/>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">حکایتی از تشرفات مرحوم شیخ مرتضی حائری به مشهد مقدس </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">من یک مطلبی را شنیدم از یک نفر از رفقا ولی سؤال نکردم که این شخص کی بوده؟ البتّه آن هم راضی نبود بگوید، من دیدم که در بیان مصداق کراهت دارد من هم اصلاً مطرح نکردم. ایشان گفت که ما در قم که بودیم رفتیم سراغ یک کسی، شنیدیم ایشان امام رضا نمی‌آید، مشهد نمی‌رود، مشرف نمی‌شود، اصلا سالهای سال اصلاً نمی‌رود! مشهد که دیگر چیزی نیست یک بلیط اتوبوس آدم می‌خرد می‌رود. خدا رحمت کند مرحوم آقاشیخ مرتضی حائری را، ایشان هر فرصتی پیدا می‌کرد می‌رفت بلیط فروشی مولوی قم، آن موقع سه راه بازار بود، ما هم که تهران می‌رفتیم با همان می رفتیم، این طرفش شمس‌العماره بود این طرفش مولوی، ایشان یک بلیط می‌گرفت و می‌رفت مشهد، یک شب می‌ماند و فردا برمی‌گشت، چون باید روز شنبه درس داشته باشد، یک شب مشهد می‌ماند و صبحش حرکت می‌کرد دوباره از مشهد می‌آمد، یعنی عصر چهارشنبه که به اصطلاح شب پنج‌شنبه را در راه بود و همین‌طور شب شنبه را در راه بود، یک شب مشهد می‌ماند و برمی‌گشت. ما هم گاهی ایشان رامی‌دیدیم، گاهی اوقات نصف شب می‌آمد و در خیابان عبا را سر می‌کشید کسی نشناسد، می‌آمد و می‌رفت یک گوشه حرم می‌نشست. اینها آدمهایی با واقعیتی بودند، آدمهایی با حقیقتی بودند. و این آقا اصلاً مشهد نمی‌رفت، نه تابستان، نه زمستان، ایشان می‌گفت که: من رفتم ازایشان سؤال کردم که آقا شما چرا مشهد زیارت امام رضا نمی‌روید؟ قطار هست ماشین هست طیاره هست، ایشان هیچی نگفت و بعد یک دفعه جدی سؤال کردیم گفتیم آقا این قضیّه مشکل را ما باید بدانیم، این مساله‌ای است که وارد است برای همه، ایشان درآمد گفت: امام رضا ولیّ میت است و ولی‌ّ حیّ به زیارت ولی میت نمی‌رود!! من به او گفتم این یابو کی بود؟ خلاصه ایشان چیزی نگفت به ما، یعنی من دیگر اصرار نکردم گفتم این یابو کی بود؟ خلاصه استغفرالله به یابو، باید استغفار کنیم، یابو بدبخت می‌گوییم همین‌که اینها امام رضا را می‌شناسند، اینها بهتر از ما می‌شناسند. شما ببینید آدم تا کجا باید نفهم باشد، تا کجا باید آدم این‌قدر دیوانه باشد که بیاید یک هم‌چنین حرفی را بزند: امام رضا ولیّ میت است و ولی‌ّ حی که به زیارت ولیّ میت نمی‌رود. این قضیّه چیست؟ البتّه من خودم حدسم به یک نفر رفت چون قبلاً شنیده بودم که آن زیارت امام رضا نرفته ولی دیگر اصلاً اسمش را هم نیاوردم فقط گفتم این یابو کی بوده که این‌طور گفته؟ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -813,50 +805,62 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> است، برایم مثل خیلی از افراد این مطلب پیدا شد که ایشان به جنبۀ تأدّب این را مطرح کردند زیرا </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="EsmeKetab++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">لمعات</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> تألیف ایشان نیست، ایشان فقط ترجمه کردند مطالب سیّدالشّهدا را جمع‌آوری کردند، آن هم نه همه‌اش به اصطلاح یک منتخباتی از فرمایشان آن حضرت را جمع‌آوری کردند، تعجب کردم. کار دیگری نکردند، ما هم روایات را ترجمه می‌کنیم ما هم از این کارها بلدیم، این باید جنبه تأدّب داشته باشد که از یک طرف تألیف ایشان به حساب می‌آید از یک طرف مطالب مربوط به امام حسین است و چیزی که زائیده و تراوش خود نفس است که بیانگر آن روحیات نفس و خصوصیّات باشد نیست. این مطالب، مطالب امام‌حسین است؛ ما این را حمل بر تأدّب کردیم ولی بعدها من به این نکته رسیدم که نه ایشان آن موقع راست می‌گفتند مساله مساله تأدّب نبود، مساله این بود که یک عارف اصلاً آنچه را که ابراز می‌کند، ابرازش، این ابراز از اوست و از خودش چیزی داخل نمی‌کند از خودش چیزی اضافه نمی‌کند، نفس را با این اظهار و ابراز خلط نمی‌کند، قاطی نمی‌کند، چنددرصدش از او باشد چند درصد از خود باشد. ما در نوشته‌جاتمان همین کار را می‌کنیم، در نوشتجاتمان، در صحبت‌هایمان، یک مطلب از آنجا می‌آید این مطلب را می‌گیریم کم می‌کنیم، زیاد می‌کنیم بر حسب موقعیت، یک مقدارش را می‌گوییم، یک مقدارش را نمی‌گوییم، تجزیه و تحلیل می‌کنیم، بالا و پایین می‌کنیم، تأویل می‌کنیم، توجیه می‌کنیم: منظور آن است، منظور این است؛ خلاصه خرابش می‌کنیم. مطلب یک چیز دیگر بوده بعد هم خراب می‌کنیم و تعبیر می‌کنیم، وضعیت ما این است؛ ولی یک عارف وقتی که می‌آید صحبت می‌کند، این مطلب را هیچ به خود نسبت نمی‌دهد؛ حالا هرچه می‌خواهد باشد، بابا آب داد باشد، با عمیق‌ترین مطالب علمی و اعتقادی برای این فرق نمی‌کند، چون این می‌آید از ناحیۀ او این مسائل را مطرح می‌کند، خودش دست‌کاری نمی‌کند وبه مقتضای صلاح و فساد سلیقه‌ای نمی‌آید مساله را خلط بکند؛ و در این موقع آنچه را که حق می‌بیند انتساب مطلب به اوست که حقّانیت را و ارزش را برای آن مطلب تعیین می‌کند؛ یعنی چون این مطلب حق است و از ناحیۀ اوست این برای او موجب ارزش است، نه کلفت شدن کتاب، نه حجم و انبوه مطالب که مدام کتاب کلفت بشود بزرگ بشود بگویند این تألیف آقا هشتصد صفحه شد، هزار صفحه شد، هزار و دویست صفحه شد؛ نه آنچه را که مطابق با حق است و از نظر قربتش و تقرّبش به حق نزدیکتر است، آن معیار برای سنجش مطالب می‌شود.</w:t>
       </w:r>
     </w:p>
     <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">چه کسی از امام رضا علیه السلام بالاتر است؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">از امام علیه السّلام کی بالاتر است؟ کی بالاتر از امام است؟ در مقام بقاء وقتی که آن نگاه به خود بکند و نگاه به کلمات امام علیه السّلام بکند کدام را در میزان سنجش ترجیح می‌دهد؟ امام است. پس این دیگر عدد نیست، این یک واقعیت است، یک واقعیتی است که در نفس ولیّ خدا و در نفس عارف بالله این واقعیت معیار برای تعیین مواقف مطالب است نسبت به هر کسی، هر کسی که مطلب او به حق نزدیکتر بود این معیار برای ارزش و قیمت اوست. از امام بالاتر که ما کسی را نداریم، اگر قرار باشد که یک کلامی صد در صد عین حق باشد و عین واقع باشد، همان لسان‌الله است که آن لسان‌الله، در مقام تبلیغ و در مقام تبیین است، همان امام است. آن وقت اینجاست که واقعاً هم مطالب خود را از دریچۀ نفس امام می‌بیند و حقی را که به مطالب خود نسبت می‌دهد آن حق را به خود نسبت نمی‌دهد به امام نسبت می‌دهد. این نکته خیلی مهم است و در نتیجه مطالبی را که خود امام بلاواسطه بیان کرده آن در رأس می‌شود. البتّه از این باب که او واسطه شده برای تعیین، فقط خود را به عنوان واسطه و ترجمه و تنظیم‌کننده و اینها، خود را بالأخره در این قضیّه از نقطه نظر کثرت دخیل می‌بیند. یعنی یک فردی است که آمده و تنظیم کرده، یعنی یک واسطه بوده لذا می‌گوید: این تألیف من بالاترین تألیف است. یعنی تألیفی که بالأخره با این قلم، با این حرکات انامل این تألیف انجام گرفته، تألیفی که با ترجمه در اینجا انجام گرفته، این تألیف، از یک نظر نسبت به من دارد که می‌گوید تألیف من است؛ و از یک نظر این تألیف مربوط به خود سیّدالشّهدا است. وقتی مربوط به خود سیّدالشّهدا باشد، این بالاترین تألیف می‌شود. لذا من دیدم آن موقع که مرحوم آقا این حرف را می‌زدند ادب نبود، نه از روی ادب که احترام می‌کنیم ما، ادب می‌کنیم ما، از این فیلم‌ها زیاد بلد هستیم در بیاوریم، حالا آنها از روی ادب می‌گفتند حالا ادب ما هم معلوم است چه ادبی است؛ اگر به ما بگویند تمام این کتابهایی که نوشتی و می‌خواهی بنویسی اسرار ملکوت و فلان و این چیزهای که بعداً در می‌آید، اینها هیچکدامش مال شما نیست؛ فقط آنی که آمدی مثل لمعات نوشتی فقط آن مطلب از سیّدالشّهدا چی؟ حرف دهنت را می‌فهمی یا نه؟ بابایم درآمده، شب‌ها تا صبح بیدار بودم، فلان جا بودم، آنجا بودم آمدم این همه کتاب نوشتم برای هدایت مردم، برای هدایت دنیا! اگر من نمی‌نوشتم همه مردم جهنمی بودند! همه کافر بودند! فقط به‌واسطۀ تألیفات کتاب من است که همه بهشتی شدند؛ انگار فقط خدا یک آدم درست کرده از اوّل خلقتش تا آخر، آن وقت برمی‌دارد این حرف را می‌زند، معلوم است داریم به مردم دروغ می‌گوییم. یک مقدار سرمان را پایین می‌اندازیم بله قابل نیستیم! نه، خیلی هم قابل تشریف دارید، کی گفته قابل نیستید؟ به اندازۀ شتر شما قابلید، به اندازۀ شیر قابلید این حرفها چیست؟ البتّه یک فیل‌هایی بادبادکی بود سابق هوا می‌کردند. مرحوم آقا که این حرف را دارد می‌زند در نفسش هم این مساله واقعیت دارد. لذا به من می‌گوید: کتاب لمعات را بالای بقیّه کتابها بگذار. ما قرآن را چه‌کار می‌کنیم؟ قرآن را زیر می‌گذاریم شما مفاتیح و قرآن را بخواهید بگذارید روی هم، شما مفاتیح را رو می‌گذارید؛ با اینکه مفاتیح هم کلام امام است ولی آن کلام امام است در نزولش در نفس امام، آن کلام خداست بلاواسطه که همان آمده و همین باعث می‌شود که ما کلام خدا را در مقام کثرت بر کلام امام علیه السّلام ترجیح بدهیم، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="EsmeKetab++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">نهج البلاغه</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> است ما باید قرآن را بگذاریم روی نهج البلاغه، مفاتیح است باید قرآن را بگذاریم روی </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -864,51 +868,88 @@
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">مفاتیح</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">، </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="EsmeKetab++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">زادالمعاد</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> است باید قرآن را بگذاریم روی آنها، به همین کیفیّت </w:t>
+        <w:t xml:space="preserve"> است باید قرآن را بگذاریم روی آنها، </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">چرانباید کتاب </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="EsmeKetab++"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">لمعات الحسین</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> را زیر دیگر کتاب‌ها بگذاریم؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">به همین کیفیّت </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="EsmeKetab++"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">لمعات</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> را ما نباید زیر کتابهای دیگر مرحوم آقا بگذاریم باید بگذاریم روی کتابهای دیگر چرا؟ این لمعات مال خود سیّدالشّهدا است، این عبارت، عبارت خود سیّدالشّهدا است؛ و باید این رو باشد و سایر کتاب‌ها پایین. آن وقت این ادب برخواسته از واقع است، آن ادبها برخواسته از مجاز بود در تخیلات بود، این ادب برخواسته از واقع است و این ادب دیگر ارزش دارد به این ادب باید انسان تأسی کند، از این ادب بایستی که تقلید کند، از این ادب باید انسان روش یاد بگیرد ولیکن نه؛ ادبهای بقیّه سلام علیکم و رحمه الله اینها نه، اینها پشت دوربین است علیکم السلام ورحمه الله، سر کج می‌کنیم قابل نیستیم إن‌شاءالله بپذیرند، قبول بکنند به اینها انسان باید فقط همین یک نگاهی بکند، مرحوم آقا می‌فرمودند: یک دفعه ما - ایشان می‌گفتند اسمش را ولی حالا من اسم نمی‌برم - داشتیم حرم مشرف می‌شدیم، نه داشتیم از حرم برمی‌گشتیم یک دفعه یک کسی از همین آقایانی که در قم هست و به اصطلاح مرجع و اینهاست ایشان هم آمده بود مشهد و آن هم مشرف شده بود؛ در صحن یک دفعه به هم برخورد کردیم، سوابقی داشتند و بنده هم بعضی از سوابقش را ذکر کردم. مخصوصا در شب عمر سوابقی داشتند، ایشان می‌گفتند بعد یک دفعه گفتند: سلام علیکم و رحمه الله! ما هم گفتیم سلام علیکم حفظکم الله حضرت آقا چطور است؟ خوبید إن‌شاءالله ما نمی‌بینیمتان، خلاصه رد شد، مسیر ما از یک طرف بود و آن آقا از یک طرف دیگر می‌رفت، بعد بالأخره بعد از یک ربع دوباره در خیابان به هم رسیدیم؛ حالا آن از یک راه بود؛ گفتم آقای فلان! سلام علیکم بیایید آقا، آن سلامی که در صحن به ما دادید آن سلام مرجعیت بود؛ بیا سلام درست و حسابی حالا به هم بدهیم! سلام در صحن، سلام مرجعیت بود، حالا بیا به هم سلام درست بدهیم: حال شما چطور است؟ خوبید آقا؟ کی آمدید؟ آن بنده خدا یک دفعه همه یخهایش آب شد و دیگر قشنگ و درست و حسابی [سلام دادیم.] بابا آن سلام، سلام مرجعیت بود، سلام علیکم دیگر معلوم نیست عین از کجا در بیاید! سلام درست و حسابی: چطورید و فلان و بنشینیم گرم بگیریم. خلاصه یک پنج دقیقه‌ای آنجا حال و احوال کردیم و صحبت و فلان که آن هم بنده خدا دید چاره‌ای ندارد، اینجا جای مرجعیت نیست، اینجا جای رفاقت و این حرفهاست. التفات کردید؟ اینها همه مسائلی است که خلاصه دست و پای انسان را می‌گیرد. آن ادب ادبی است که انسان بایستی رعایت بکند. امروز بحث ما البتّه یوم‌الشروع بود که این مسائل طبعاً پیش آمد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>