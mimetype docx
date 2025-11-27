--- v0 (2025-10-03)
+++ v1 (2025-11-27)
@@ -247,61 +247,75 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="VasatChinMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: از شما در مورد بیلیارد و پاسور سؤال کرده بودند، شما فرموده بودید اگر در عرف از قماربودن خارج بشود اشکالی ندارد؛ آیا شطرنج هم همین حکم را دارد؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: از شما در مورد بیلیارد و پاسور سؤال کرده بودند، شما فرموده بودید اگر در عرف از قماربودن خارج بشود اشکالی ندارد؛ آیا شطرنج هم همین حکم را دارد؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: برای شطرنج نص داریم: «</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: برای شطرنج نص داریم: «</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="RevayatArabi"/>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">قال الصَّادِقُ علیه السّلام: اللَّاعِبُ بِالشِّطْرَنْجِ مُشْرِکٌ وَ السَّلَامُ عَلَی اللَّاهِی بِهِ مَعْصِیَةٌ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -383,61 +397,75 @@
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">حکم خرید و فروش الکل</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">مسئلۀ الکل همین‌طور است. الکل همان خمر است، منتهیٰ خصوصیّات و درصدش تفاوت دارد: چهل‌درصدی داریم، سی‌درصدی داریم، بیست‌درصدی داریم و این‌ها را شما بهتر می‌دانید! شارع این خمر را به‌واسطۀ الکلش حرام کرده، نه به‌واسطۀ آن جزء دیگر، لذا اگر شما از خمر آن سی درصد الکل را بگیرید، این خمر نیست، مایعی است مثل بقیّۀ مایعات. شما اگر الآن در آزمایشگاه خمر را بردید و الکلش را جدا کردید بقیّه‌اش شربت است. شیرین است یا تلخ؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: تلخ است.</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: تلخ است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rtl/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: شاید تلخی‌اش هم به‌خاطر الکل باشد، حالا اگر الکلش را در آزمایشگاه برداشتند، حکم ثانوی دارد. حالا اگر بگویید آقا این قبلاً الکل داشته و الآن ندارد، هذا امرٌ آخر (این الآن یک چیز دیگری است). اگر در آزمایشگاه پلاسمای خون را بیرون کشیدید و جدا کردید ـ حالا خیلی مصارف دارد ـ این نجس نیست، این دیگر خون نیست. خونی که فقط اجزایش را جدا بکنند، گلبول سفیدش را جدا بکنند، پلاسمایش را جدا بکنند، ترکیبات دیگرش را جدا بکنند، هرکدام از این‌ها برای خودش نجس نیست؛ بله! این‌ها اگر با هم ترکیب بشود، می‌شود دم و آن نجاست بر آن بار می‌شود؛ لذا خود پلاسمای تنها را شما می‌توانید بفروشید، خرید و فروش آن اشکال ندارد؛ چون دیگر دم به حساب نمی‌آید. این مجموعه من‌حیث‌المجموع دم به حساب می‌آید.</w:t>
+        <w:t xml:space="preserve">: شاید تلخی‌اش هم به‌خاطر الکل باشد، حالا اگر الکلش را در آزمایشگاه برداشتند، حکم ثانوی دارد. حالا اگر بگویید آقا این قبلاً الکل داشته و الآن ندارد، هذا امرٌ آخر (این الآن یک چیز دیگری است). اگر در آزمایشگاه پلاسمای خون را بیرون کشیدید و جدا کردید ـ حالا خیلی مصارف دارد ـ این نجس نیست، این دیگر خون نیست. خونی که فقط اجزایش را جدا بکنند، گلبول سفیدش را جدا بکنند، پلاسمایش را جدا بکنند، ترکیبات دیگرش را جدا بکنند، هرکدام از این‌ها برای خودش نجس نیست؛ بله! این‌ها اگر با هم ترکیب بشود، می‌شود دم و آن نجاست بر آن بار می‌شود؛ لذا خود پلاسمای تنها را شما می‌توانید بفروشید، خرید و فروش آن اشکال ندارد؛ چون دیگر دم به حساب نمی‌آید. این مجموعه من‌حیث‌المجموع دم به حساب می‌آید.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">الآن الکل یکی از مصارف ضروری است مخصوصاً آن الکل انگور که می‌گویند مصارف طبی دارد و میزان خالصی‌اش بیشتر از همه است و در عمل جراحی استفاده می‌شود؛ الآن فی‌حدنفسه خرید و فروش آن بلامانع است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">احتیاط علامه طهرانی در نحوۀ خرید الکل طبی </w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -575,455 +603,693 @@
         </w:rPr>
         <w:t xml:space="preserve">و نظایر این‌ها خیلی زیاد است که انسان به‌دست بیاورد؛ در مسئله دخانیات هم همین است، الآن در مسئله دخانیات، سیگارکشیدن از نظر بهداشت به عنوان ضرر جدی مطرح است؛ منتها ضررش آنی نیست ولی ضرری است که هم خودش فی‌حدنفسه موجب ضرر است و هم برای پیداشدن ضررهای دیگر مقدمه و بسترِ لازم را فراهم می‌کند، برای مسائل دیگر، برای سرطان و امثال‌ذلک. وقتی که این‌طور باشد حکم شرعی که همان مسالۀ حرمت غیر عقلائیه است و حرمت امری که موجب ضرر هست، طبعاً بر آن مترتب می‌شود. این [حکم] نیازی به دلیل خاص ندارد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">نکاتی دربارۀ حکم استفادۀ اقسام مختلف الکل</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: الکل را نجس می‌دانید؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: الکل را نجس می‌دانید؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: الکل بله اگر مایع بالاصاله باشد.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: الکل بله اگر مایع بالاصاله باشد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: پس شرط حرمتش اِسکار نیست؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: پس شرط حرمتش اِسکار نیست؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: خیر، حالا فردی مست نمی‌شود، سیستمش طوری است که مست نمی‌شود!</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: خیر، حالا فردی مست نمی‌شود، سیستمش طوری است که مست نمی‌شود!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: الکل صنعتی چطور؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: الکل صنعتی چطور؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: آن‌ها مایع بالاصاله نیست بلکه از چوب است.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: آن‌ها مایع بالاصاله نیست بلکه از چوب است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: آن الکلی که برای تزریق استفاده می‌کنند نجس است؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: آن الکلی که برای تزریق استفاده می‌کنند نجس است؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: اگر از انگور و این‌ها باشد بله، ولی اگر نباشد خیر، البتّه الکل تزریقات از انگور است.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: اگر از انگور و این‌ها باشد بله، ولی اگر نباشد خیر، البتّه الکل تزریقات از انگور است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: الکلی که برای استفاده ماست بیشتر از چغندرقند است، ماده‌ای است در چغندر به نام مَلاس که از آن استفاده می‌کنند.</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: الکلی که برای استفاده ماست بیشتر از چغندرقند است، ماده‌ای است در چغندر به نام مَلاس که از آن استفاده می‌کنند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: یعنی شیره‌اش را می کشند؟</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: یعنی شیره‌اش را می کشند؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: شیره اش را می کشند بعد آنچه که باقی می‌ماند تفاله‌اش را...، الکلی که در ایران تولید می‌شود بیشتر از چغندرقند است؛ یعنی خیلی ارزان‌تر از الکل‌های دیگر است. بیشترش هم صادر می‌شود.</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: شیره اش را می کشند بعد آنچه که باقی می‌ماند تفاله‌اش را...، الکلی که در ایران تولید می‌شود بیشتر از چغندرقند است؛ یعنی خیلی ارزان‌تر از الکل‌های دیگر است. بیشترش هم صادر می‌شود.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: علی‌کل‌حال آن مایعِ چغندر را می کشند یا تفاله‌اش را؟</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: علی‌کل‌حال آن مایعِ چغندر را می کشند یا تفاله‌اش را؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: تفاله‌اش را استفاده می‌کنند.</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: تفاله‌اش را استفاده می‌کنند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: مایعش را شکر می‌کنند؟</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: مایعش را شکر می‌کنند؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: احتمال دارد آب به آن اضافه شود.</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: احتمال دارد آب به آن اضافه شود.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: آب و این چیزها دلیل نیست.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: آب و این چیزها دلیل نیست.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: چغندر حالت خمیرمانند دارد، مایع نیست آن حالت سیّالیت را ندارد.</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: چغندر حالت خمیرمانند دارد، مایع نیست آن حالت سیّالیت را ندارد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: بله آن‌ها را نمی‌توانیم بگوییم نجس است. با این کیفیّت نجس نیست.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: بله آن‌ها را نمی‌توانیم بگوییم نجس است. با این کیفیّت نجس نیست.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: در زمان مرحوم آقا (علامۀ طهرانی) شما نظرتان در مورد ادکلن نجاست بود؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: در زمان مرحوم آقا (علامۀ طهرانی) شما نظرتان در مورد ادکلن نجاست بود؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: ایشان که به‌طور کلی الکل را نجس می‌دانستند. یعنی مسئله برگشتش به همان تخمیر [بود که] حکم مایع را به آن [مترتب] می‌کردند. البتّه من هم صحبت کرده بودم راجع به این قضیّه، من به ایشان این‌طور می‌گفتم: این مایع بالاصاله بودن آن تخمیر و مراتب بعدی و تغییر و تحولات بعدی نیست؛ چون بالأخره هرچه باشد تبدیل به مایع می‌شود، سنگ را که الکل نمی‌کنند. این مایعی که فعلاً هست بالأخره این مایع باید مراتبی را بگذراند تا اینکه مایع بشود، این دلیلی که آمده (مایع بالاصاله بودن) به خود اصل برمی‌گردد که اصلِ این و آن، منشائی که دارد آیا منشأ مایع بوده یا غیر مایع؟</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: ایشان که به‌طور کلی الکل را نجس می‌دانستند. یعنی مسئله برگشتش به همان تخمیر [بود که] حکم مایع را به آن [مترتب] می‌کردند. البتّه من هم صحبت کرده بودم راجع به این قضیّه، من به ایشان این‌طور می‌گفتم: این مایع بالاصاله بودن آن تخمیر و مراتب بعدی و تغییر و تحولات بعدی نیست؛ چون بالأخره هرچه باشد تبدیل به مایع می‌شود، سنگ را که الکل نمی‌کنند. این مایعی که فعلاً هست بالأخره این مایع باید مراتبی را بگذراند تا اینکه مایع بشود، این دلیلی که آمده (مایع بالاصاله بودن) به خود اصل برمی‌گردد که اصلِ این و آن، منشائی که دارد آیا منشأ مایع بوده یا غیر مایع؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: از حضرت‌عالی نقل شده که تا شش درصد الکل در مشروبات الکلی را جایز می دانید؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: از حضرت‌عالی نقل شده که تا شش درصد الکل در مشروبات الکلی را جایز می دانید؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: من شش نگفتم، گفتم دو الیٰ سه درصد؛ همین دو الیٰ سه درصدی که در همین ماءالشعیر هست. شش درصد را مقداری بیشتر کردند!</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: من شش نگفتم، گفتم دو الیٰ سه درصد؛ همین دو الیٰ سه درصدی که در همین ماءالشعیر هست. شش درصد را مقداری بیشتر کردند!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: نان هم همین مقدار دارد.</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: نان هم همین مقدار دارد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: بله در همه چیز هست در خیلی چیزها.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: بله در همه چیز هست در خیلی چیزها.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">الآن این بیلیارد و این چیزها در دنیا عنوان قمار دارد، در دنیا این حالت را دارد؛ لذا حکم حرمت هم بر آن مترتب است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: اگر موضوعٌ‌له آن قمار باشد، از آن حالت ورزشی‌بودنش خارج بشود مثلاً بعد از چهل سال، پنجاه سال عنوانش عوض بشود.</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: اگر موضوعٌ‌له آن قمار باشد، از آن حالت ورزشی‌بودنش خارج بشود مثلاً بعد از چهل سال، پنجاه سال عنوانش عوض بشود.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: بله اگر به‌طور کلی تغییر پیدا کند، دیگر الآن روی حساب قمار کسی بیلیارد نکند. یک چیز عادی می‌شود که این مفهوم آن‌عنوانی، دیگر از او سلب شده؛ این هم می‌شود مثل فوتبال و بازی‌های دیگر.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: بله اگر به‌طور کلی تغییر پیدا کند، دیگر الآن روی حساب قمار کسی بیلیارد نکند. یک چیز عادی می‌شود که این مفهوم آن‌عنوانی، دیگر از او سلب شده؛ این هم می‌شود مثل فوتبال و بازی‌های دیگر.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: ولی آنکه در روایت تصریح شده مثل شطرنج؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: ولی آنکه در روایت تصریح شده مثل شطرنج؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: شطرنج بله، شطرنج را نمی‌شود کاری کرد.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: شطرنج بله، شطرنج را نمی‌شود کاری کرد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: ولو اینکه ذاتش از عنوان قمار خارج بشود؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: ولو اینکه ذاتش از عنوان قمار خارج بشود؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: اصلاً نفس لعب با شطرنج حرام است، نه جنبۀ قماری، اصلاً [حرمتش لحاظ] جنبۀ قمار ندارد، حالا قمار هم که هست.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: اصلاً نفس لعب با شطرنج حرام است، نه جنبۀ قماری، اصلاً [حرمتش لحاظ] جنبۀ قمار ندارد، حالا قمار هم که هست.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: عرف را عرف عام باید گرفت یا اینکه عرف ایران؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: عرف را عرف عام باید گرفت یا اینکه عرف ایران؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: نه‌خیر! عرف ایران نیست، عرف، عرف دنیا است. مربوط به یک شهر و دِه نیست، نه این اشتباه نشود! آن چیزی که ملاک شارع است، شارع به یک ترتّب عنوان کار دارد و آن عنوان هم یک مسالۀ تکوینی است نه اعتباری؛ چه ما بخواهیم چه نخواهیم این عنوانی که الآن روی این قضیّه مترتب است، یک مسئله‌ای است که در اعتبار معتبِر قرار ندارد و به دست معتبِر نیست؛ این بر اثر تغییر و تحول اجتماعی در روند تعاملی است که با این عنوان انجام می‌دهد و بر آن اساس است. آن تغییر و تحول اجتماعی در این تحول اثرگذار است، نه اینکه اعتبار معتبِر که در یک‌جا، در شهری این عنوان را از آن بردارد. او می‌تواند عنوان را از این فعل خودش به عنوان قضیّۀ شخصیه بردارد ولی به عنوان یک قضیّۀ حقیقیه که آن جنبۀ تحقق موضوع، خارجاً آن حکم رفته روی آن عنوان قماریتی که بر این است.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: نه‌خیر! عرف ایران نیست، عرف، عرف دنیا است. مربوط به یک شهر و دِه نیست، نه این اشتباه نشود! آن چیزی که ملاک شارع است، شارع به یک ترتّب عنوان کار دارد و آن عنوان هم یک مسالۀ تکوینی است نه اعتباری؛ چه ما بخواهیم چه نخواهیم این عنوانی که الآن روی این قضیّه مترتب است، یک مسئله‌ای است که در اعتبار معتبِر قرار ندارد و به دست معتبِر نیست؛ این بر اثر تغییر و تحول اجتماعی در روند تعاملی است که با این عنوان انجام می‌دهد و بر آن اساس است. آن تغییر و تحول اجتماعی در این تحول اثرگذار است، نه اینکه اعتبار معتبِر که در یک‌جا، در شهری این عنوان را از آن بردارد. او می‌تواند عنوان را از این فعل خودش به عنوان قضیّۀ شخصیه بردارد ولی به عنوان یک قضیّۀ حقیقیه که آن جنبۀ تحقق موضوع، خارجاً آن حکم رفته روی آن عنوان قماریتی که بر این است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">یک وقت شارع می‌گوید اگر بازی را بعنوان قمار انجام بدهی این می‌شود حرام. همین والیبال و فوتبالی که الآن حلال هست، به عنوان قمار حرام می‌شود، نفس لعب در اینجا اشکال ندارد ولی این عنوانی که به آن بار می‌شود آن را در تحت همان قضیّۀ حقیقیه داخل می‌کند و این حرمت به آن بار می‌شود. اگر آن عنوان را نداشته باشد و صرف ورزش باشد، اشکال ندارد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">حکم خرید و فروش آلات موسیقی</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">یک وقت شارع حکم را روی قمارکردن خارج نمی‌برد بلکه می‌برد روی آن مفهومی که عرف آن مفهوم را بر آن حمل می‌کند. براساس تعلق آن مفهوم، این موضوع هم محکوم به همین حکم خواهد شد، آن مفهوم دیگر در اختیار معتبِر نیست. شما اگر ساز را در منزلتان ببرید و استفاده نکنید، باز خرید و فروش آن حرام است. یعنی دو عنوان در اینجا وجود دارد: [یکی جنبۀ قمارداشتن و] یکی عنوان حرمت استفادۀ از یک شیئی که موجب بروز و ظهور ساز است؛ شما حتی کدو را بردارید به نیت اینکه بخواهید این را تبدیل به ساز بکنید، این معامله باطل است. در حکایات داریم که می‌گویند فارابی کدو را برداشت دو تا نخ به آن آویزان کرد و شروع کرد زدن، حالا کدو که دیگر ساز نیست، کدو را خورشت می‌کنند و می‌خورند!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: این کدوها را خشکش می‌کنند از درون آن ساز در می آورند مثل این قلیان که از کدو درست می‌کنند.</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: این کدوها را خشکش می‌کنند از درون آن ساز در می آورند مثل این قلیان که از کدو درست می‌کنند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: اصلاً من شنیدم که خشک کردن هم ندارد، همان کدویی که وسطش خالی است اصلاً خودش از آلات هست، اتفاقاً در آلات موسیقی باستان و قدیم چنین چیزی جزء آلات موسیقی بود. من خودم دیدم یکی از آلات موسیقی‌شان همین کدو بود که نخ‌هایی از آن رد می‌کردند. ولی حالا نه، همین کدو را انسان بردارد و این استفاده را بکند حرام می‌شود. حالا اگر مردم هندوانه را این‌طور بکنند، باز همین است، خربزه را بکند، این دیگر بسته به ذوق و ابتکار سرکار دارد که این ذوق خلاق شما چگونه از این نعمات الهی استفادۀ بهینه کند! این به این قضیّه برمی‌گردد و داخل در تحت حرمت می‌شود.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: اصلاً من شنیدم که خشک کردن هم ندارد، همان کدویی که وسطش خالی است اصلاً خودش از آلات هست، اتفاقاً در آلات موسیقی باستان و قدیم چنین چیزی جزء آلات موسیقی بود. من خودم دیدم یکی از آلات موسیقی‌شان همین کدو بود که نخ‌هایی از آن رد می‌کردند. ولی حالا نه، همین کدو را انسان بردارد و این استفاده را بکند حرام می‌شود. حالا اگر مردم هندوانه را این‌طور بکنند، باز همین است، خربزه را بکند، این دیگر بسته به ذوق و ابتکار سرکار دارد که این ذوق خلاق شما چگونه از این نعمات الهی استفادۀ بهینه کند! این به این قضیّه برمی‌گردد و داخل در تحت حرمت می‌شود.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">این یک مسئله، و مسئلۀ دیگر اینکه حالا اگر آلتی بشود آلت قمار، این دیگر با آن استعمال ساز دو تا می‌شود و با آن فرق می‌کند؛ خود این آلت و وسیله مفهومی برایش مترتب می‌شود. بعضی‌ها هستند با اینکه اهل ساز نیستند برای دکور ساز می‌گیرند و در منازلشان آویزان می‌کنند. من شنیدم خیلی از منازلی که درست می‌کنند جایی برای مشروب هم درست می‌کنند تا این خانه جایی هم برای مشروب داشته باشد. حالا بر فرض هم چیزی گیرش نیاید که آنجا بگذارد ولی همین درست‌کردن حرام می‌شود و چیزی هم در آن نیست؛ همین سنگ و گچ حرام می‌شود و پولی که معمار برای همین مقدار گرفته حرام است، اکلش حرام است و آن شخصی که آجر داده برای همین جا داده، همۀ این‌ها می‌شود حرام.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve"> مثل اینکه رسم هست که جایی برای دکور کتابخانه درست می‌کنند، حالا شخص اندازۀ خر هم نمی‌فهمد! ولیکن جایی برای کتابخانه درست می‌کند. کتابخانه خودش دکور است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
@@ -1097,389 +1363,571 @@
         </w:rPr>
         <w:t xml:space="preserve">نفس وجود این مجسمه اثری دارد که براساس آن اثر، شارع حکم حرمت کرده و آن با تغییر و تبدلات احوال از بین نمی‌رود، آن به حال خودش باقی است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">تاثیر منفی شطرنج بر نفس</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: شطرنج هم به همین شکل است؟ یعنی یک اثر خاصی روی نفس می گذارد؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: شطرنج هم به همین شکل است؟ یعنی یک اثر خاصی روی نفس می گذارد؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: بله</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: بله</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: علتش چیست؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: علتش چیست؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: خود شطرنج فی‌حدنفسه تاثیر خیلی سوئی در نفس دارد و اصلاً به‌طور کلی نفس را از نظر جنبۀ ربطیِ خودش سلب می‌کند و متوجه آن جنبۀ مادی می‌کند؛ کسی که شطرنج بازی می‌کند کم‌کم نفسش از آن حالت جنبۀ ربطی خودش برمی‌گردد و متحول و جامد می‌شود؛ آن فکر و نفس روی این ماده و مادیات جامد می‌شود.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: خود شطرنج فی‌حدنفسه تاثیر خیلی سوئی در نفس دارد و اصلاً به‌طور کلی نفس را از نظر جنبۀ ربطیِ خودش سلب می‌کند و متوجه آن جنبۀ مادی می‌کند؛ کسی که شطرنج بازی می‌کند کم‌کم نفسش از آن حالت جنبۀ ربطی خودش برمی‌گردد و متحول و جامد می‌شود؛ آن فکر و نفس روی این ماده و مادیات جامد می‌شود.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">چطور اینکه می‌گویند بازار نروید! رفتن در بازار کراهت دارد. شما همین‌که از بازار رد می‌شوید، سروصدای دکان‌ها را می‌شنوید؛ فردی معامله می‌کند،آن یکی چانه می‌زند، فردی قیمت بالا می‌دهد، دیگری دعوا می‌کند، او داد می‌زند: حسن آقا بیار آن جنس را! همین‌که رد می‌شوید و از آن طرف بازار خارج شوید، متوجه می‌شوید که حالتان در این بازار فرق کرد. مگر اینکه این گوشتان را بچسبانید و این‌طوری بکنید، کله‌تان پایین باشد به شرطی که پیشانی‌تان به جایی نخورد! همین‌طور بروید جلو و خارج شوید! تازه حالا آن‌طور نیز حال و هوایش در انسان تاثیر می‌گذارد. ولی اگر وارد بازار شوید و خارج شوید، متوجه می‌شوید که حالتان با قبل از بازار فرق کرده است. این یک تفاوت است، این همان کراهتی است که می‌گویند انسان در بازار نرود!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">انسان اگر کاری در بازار نداشته باشد، برای چی برود؟! مگر اینکه کاری داشته باشد که آن یک مطلب دیگر است، بخواهد به‌خاطر کاری برود و انجام بدهد و برگردد. شدیدتر از همین جهت را انسان درجاهای دیگر نیز می‌بیند؛ جاهایی که انسان در آن جاها دنیا را زیاد می‌بیند، خواهی‌نخواهی تاثیرش را در نفس خودش احساس می‌کند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">مسالۀ شطرنج حالتی دارد که اصلاً به‌طور کلی نسبت به وضعیت انسان، حالت خَمودی می‌آورد و می‌گویند اصلاً موجب بیماری‌هایی هم می‌شود! از نظر روانی موجب خیلی از بیماری‌های مختلفی می‌شود، کسانی که مُدمِن [معتاد و خوگرفته] با این شطرنج هستند. منتها خصوص شطرنج این‌طور است، در چیزهایی دیگر می‌گویند این‌طور نیست، این شطرنج به‌خصوص ‌چنین مسئله‌ای دارد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: حالا یک ایرانی با آن قهرمانان روسیه مسابقه گذاشتند چهل‌هزار دلار جایزه به او بدهند. در مسابقۀ شطرنج که هر کدام برنده شد این مبلغ را جایزه ببرد.</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: حالا یک ایرانی با آن قهرمانان روسیه مسابقه گذاشتند چهل‌هزار دلار جایزه به او بدهند. در مسابقۀ شطرنج که هر کدام برنده شد این مبلغ را جایزه ببرد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: دولت جایزه می‌دهد؟ این بیت‌المال نیست؟! آن کسی که الآن این کار را انجام می‌دهد به نیت این است که جایزه را ببرد، اینکه قمار است.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: دولت جایزه می‌دهد؟ این بیت‌المال نیست؟! آن کسی که الآن این کار را انجام می‌دهد به نیت این است که جایزه را ببرد، اینکه قمار است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: در ایران برگزار می‌شود، بین قهرمان شطرنج ایران و قهرمان جهان به نام کارپف است، در طهران برگزار می‌شود.</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: در ایران برگزار می‌شود، بین قهرمان شطرنج ایران و قهرمان جهان به نام کارپف است، در طهران برگزار می‌شود.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: این چیزها دیگر به عقل ما نمی‌رسد!</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: این چیزها دیگر به عقل ما نمی‌رسد!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">حکم اهدای عضو</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: راجع به اهدای عضو که شخصی مرگ مغزی هست با این اعضاء، جان دیگری نجات پیدا می‌کند نظر حضرت‌عالی چیست؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: راجع به اهدای عضو که شخصی مرگ مغزی هست با این اعضاء، جان دیگری نجات پیدا می‌کند نظر حضرت‌عالی چیست؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: در مرگ مغزی هنوز حکم میت روی آن بار نمی‌شود و هنوز روح به بدن تعلق دارد؛ لذا جایز نیست. تا وقتی که روح بالکلیه قطع علقۀ از بدن نکرده باشد، نسبت به او حکم حیّ تلقی می‌شود و درآوردن اجزاء طبعاً حرام است. بله! به مجرّد اینکه قطع علقه شد آن وقت اشکالی ندارد.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: در مرگ مغزی هنوز حکم میت روی آن بار نمی‌شود و هنوز روح به بدن تعلق دارد؛ لذا جایز نیست. تا وقتی که روح بالکلیه قطع علقۀ از بدن نکرده باشد، نسبت به او حکم حیّ تلقی می‌شود و درآوردن اجزاء طبعاً حرام است. بله! به مجرّد اینکه قطع علقه شد آن وقت اشکالی ندارد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: دیگر مُثله‌شدن صدق نمی‌کند؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: دیگر مُثله‌شدن صدق نمی‌کند؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: دیگر صدق نمی‌کند.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: دیگر صدق نمی‌کند.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: آیا صحیح است که قرنیه را استثناء کرده‌اید؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: آیا صحیح است که قرنیه را استثناء کرده‌اید؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: قرنیه تا شش ساعت بعد از قطع اکسیژنِ از مغز نیز زنده است. قرنیه استثناء نیست ولی نسبت به سایر اعضاء فرق می‌کند؛ برای سایر اعضاء حتماً باید قلب کار کند، قطعاً نبایستی که شخص، مرده باشد، می‌شود که در کُما و...باشد ولی باز بالأخره این کلیه حیات خودش را از دست نداده، قلب می‌زند ولو با پمپاژ و...، اما اگر مرگ پیدا بشود، می‌گویند دیگر پیوند فایده‌ای ندارد، از آن نظر می‌گویند. حالا اگر به جایی رسیدند که حتی بعد از فوت هم بتوانند دوباره این اجزاء را احیاء کنند، آن مسئلۀ دیگری است ولی نسبت به قرنیه حکم همان است، خود قرنیه زنده است.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: قرنیه تا شش ساعت بعد از قطع اکسیژنِ از مغز نیز زنده است. قرنیه استثناء نیست ولی نسبت به سایر اعضاء فرق می‌کند؛ برای سایر اعضاء حتماً باید قلب کار کند، قطعاً نبایستی که شخص، مرده باشد، می‌شود که در کُما و...باشد ولی باز بالأخره این کلیه حیات خودش را از دست نداده، قلب می‌زند ولو با پمپاژ و...، اما اگر مرگ پیدا بشود، می‌گویند دیگر پیوند فایده‌ای ندارد، از آن نظر می‌گویند. حالا اگر به جایی رسیدند که حتی بعد از فوت هم بتوانند دوباره این اجزاء را احیاء کنند، آن مسئلۀ دیگری است ولی نسبت به قرنیه حکم همان است، خود قرنیه زنده است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: با توجه به اینکه قرنیه را از بانک قرنیه می‌گیرند لازم است که انسان تحقیق کند که این قرنیه بعد از مرگ بوده یا قبل از مرگ؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: با توجه به اینکه قرنیه را از بانک قرنیه می‌گیرند لازم است که انسان تحقیق کند که این قرنیه بعد از مرگ بوده یا قبل از مرگ؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: نه دیگر آن تحقیق نمی‌خواهد.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: نه دیگر آن تحقیق نمی‌خواهد.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: بانک قرنیه هست که دو سه سالی است تأسیس شده، بعد از اینکه مرگ پیش می آید، نه مرگ مغزی.</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: بانک قرنیه هست که دو سه سالی است تأسیس شده، بعد از اینکه مرگ پیش می آید، نه مرگ مغزی.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: مثلاً تصادفات و...</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: مثلاً تصادفات و...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: بانک قرنیه از آنجا می آورد ولی کلیه تا شش ساعت بعد امکان‌پذیر هست.</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: بانک قرنیه از آنجا می آورد ولی کلیه تا شش ساعت بعد امکان‌پذیر هست.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: کلیه این‌طوری هست؟</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: کلیه این‌طوری هست؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: بله کلیه دیرتر از بین می رود. اهدای اعضا از فرد زنده چگونه هست؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: بله کلیه دیرتر از بین می رود. اهدای اعضا از فرد زنده چگونه هست؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: نمی شود، جایز نیست.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: نمی شود، جایز نیست.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ: یکی از کلیه‌ها می گویند اضافی است؟</w:t>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: یکی از کلیه‌ها می گویند اضافی است؟</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: چه کسی می‌گوید اضافی است؟! می‌گویند جگر هم سه‌چهارمش اضافی است، یک‌چهارمش کافی است، پس ما برویم جگر را در بیاوریم، تقسیم کنیم! قصابی هست! شُش هم یک دانه‌اش اضافی است، بعضی‌ها هستند با نصف شُش دارند نفس می‌کشند بیچاره‌ها!</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: چه کسی می‌گوید اضافی است؟! می‌گویند جگر هم سه‌چهارمش اضافی است، یک‌چهارمش کافی است، پس ما برویم جگر را در بیاوریم، تقسیم کنیم! قصابی هست! شُش هم یک دانه‌اش اضافی است، بعضی‌ها هستند با نصف شُش دارند نفس می‌کشند بیچاره‌ها!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">آنچه که اضافی است، آن مغز است، آن اضافی است! در این دوره‌زمانه بقیّه چیزها اضافی نیست.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">حرمت تعدی به حقوق دیگران</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="SoalMatn"/>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تلمیذ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rtl/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">تلمیذ:...</w:t>
+        <w:t xml:space="preserve">:...</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
-        <w:t xml:space="preserve">استاد: آن عقلا که در دنیا این مسئله را می‌گویند، حکم روی خود موضوع فی‌حدنفسه در وعاء اعتبار انسانی رفته، نه به‌لحاظ آن ملیّت خاص یا تدیّن خاص؛ یعنی وقتی چنین مسئله‌ای را عقلا می‌گویند، جنبۀ شرعیتش در مسیح یا یهود را لحاظ نکرده‌اند، این مسئله در استناد به فعل انسانی مورد ملاحظه قرار گرفته، تعدّی به دیگران که عقلا آن را مذمت می‌کنند، به یهودیت و مسیحیت کار ندارد؛ هرچه که موجب تعدی به حقوق به دیگران است، فی‌حدنفسه از نظر عرف عقلائی بدون ملاحظۀ شرع خاص مذموم است.</w:t>
+        <w:t xml:space="preserve">استاد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: آن عقلا که در دنیا این مسئله را می‌گویند، حکم روی خود موضوع فی‌حدنفسه در وعاء اعتبار انسانی رفته، نه به‌لحاظ آن ملیّت خاص یا تدیّن خاص؛ یعنی وقتی چنین مسئله‌ای را عقلا می‌گویند، جنبۀ شرعیتش در مسیح یا یهود را لحاظ نکرده‌اند، این مسئله در استناد به فعل انسانی مورد ملاحظه قرار گرفته، تعدّی به دیگران که عقلا آن را مذمت می‌کنند، به یهودیت و مسیحیت کار ندارد؛ هرچه که موجب تعدی به حقوق به دیگران است، فی‌حدنفسه از نظر عرف عقلائی بدون ملاحظۀ شرع خاص مذموم است.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">این تعدّی مصادیقی دارد: تعدی جانی، تعدی نسبت به مال، تعدی نسبت به حیثیت و آبروی شخص که اصلاً جنبه مالی ندارد، تعدی حقوقی، که تعدی به حقوق است؛ شخصی یک کارخانه دارد. آن‌ها هم نمی‌روند درب کارخانه‌اش را ببندند، نمی‌روند این کار را بکنند، وقتی که می‌خواهد به کارخانه برود، جلویش را می‌گیرند. دائم می‌گوید: شما به من تعدی کرده‌اید! می‌گویند: ما تعدی نکرده‌ایم، کارخانه‌ات بسته است، فقط او را می‌گیرند و نمی‌گذارند به کارخانه برود و کارخانه تعطیل می‌شود. این تعدی به حق است. یا شخصی را می‌گیرند و نمی‌گذارند حرکت کند. می‌گویند: ما که تو را نمی‌زنیم و کاری به تو نداریم، فقط نمی‌گذاریم راه بروی. این اشکال دارد. همین طور هرچیزی که [موجب] این تعدی نسبت به حق [شود اشکال دارد]؛ حقی که یک فرد در محدودۀ اختیار خودش آن حد را برای خودش محفوظ نگه می‌دارد؛ مثلاً ماشین پارک‌کردن جلوی درب منزل یک شخص، این حقی است که نسبت به منزل و حریم خودش حق او است، کسی که می‌خواهد ماشین را پارک کند، ماشین را که در منزل نمی‌برد! کنار منزل پارک می‌کند. و همین مقدار تعدّی نسبت به حق تلقی می‌شود. کسی که جلوی درب گاراژ پارک کند و صاحب‌خانه نتواند ماشین را از گاراژ بیرون بیاورد، این تعدّی نسبت به حق تلقی می‌شود.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rtl w:val="0"/>
           <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">حالا اگر کسی بگوید در دین شما این چیز‌ها است و در دین ما این حرف‌ها نیست، این حرف‌ها قابل پذیرش نیست؛ این‌ها چیزهایی است که شارع بنا را بر همین سیره قرار داده و لازم نیست از طرف شارع بیاید.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>